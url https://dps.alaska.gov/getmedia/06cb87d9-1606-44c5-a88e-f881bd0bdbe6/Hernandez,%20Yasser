--- v0 (2025-10-07)
+++ v1 (2026-02-24)
@@ -14,6994 +14,7380 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61D1F5AC" w14:textId="4C8800FB" w:rsidR="007F2E28" w:rsidRPr="00763D80" w:rsidRDefault="00864099" w:rsidP="00763D80">
+    <w:p w:rsidRPr="00763D80" w:rsidR="007F2E28" w:rsidP="00763D80" w:rsidRDefault="00864099" w14:paraId="61D1F5AC" w14:textId="4C8800FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1650"/>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="42BD1F84" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w:rsidR="007F2E28" w:rsidP="00052B9A" w:rsidRDefault="002343CE" w14:paraId="61D1F5B4" w14:textId="75995474">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0009355F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Yasser Hernandez</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00052B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-08T00:00:00Z">
+          <w:date w:fullDate="2026-01-12T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001C7C38">
+          <w:r w:rsidR="00012F5A">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/8/2025</w:t>
+            <w:t>1/12/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0CA3B0E9" w14:textId="0EEB7B69" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="1800F8A3">
+    <w:p w:rsidRPr="00C56282" w:rsidR="00052B9A" w:rsidP="1800F8A3" w:rsidRDefault="00052B9A" w14:paraId="0CA3B0E9" w14:textId="0EEB7B69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1800F8A3">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0009355F" w:rsidRPr="1800F8A3">
+          <w:r w:rsidRPr="1800F8A3" w:rsidR="0009355F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Forensic Scientist II</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="218EB28C" w:rsidRPr="1800F8A3">
+      <w:r w:rsidRPr="1800F8A3" w:rsidR="218EB28C">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5B8" w14:textId="52195E3E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="001677A0" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5B9" w14:textId="41B7A5BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001677A0">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Indicate all disciplines in which you currently perform testing or calibration work:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5BA" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5BA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="2487"/>
         <w:gridCol w:w="2487"/>
         <w:gridCol w:w="331"/>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="2711"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="2840A4BE">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidTr="2840A4BE" w14:paraId="61D1F5BF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="0025199D" w14:paraId="61D1F5BB" w14:textId="5BA90A2A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5BC" w14:textId="76375DFD" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="000C3EF9" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="000C3EF9" w14:paraId="61D1F5BC" w14:textId="76375DFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seized Drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C750E9E" w14:textId="2D7F8121" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="3C750E9E" w14:textId="2D7F8121">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="16EAC076" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="007F2E28">
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="002343CE" w14:paraId="16EAC076" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="00B52B4C" w14:paraId="61D1F5BD" w14:textId="2D11B73E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5BE" w14:textId="6160037F" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="000C3EF9" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="000C3EF9" w14:paraId="61D1F5BE" w14:textId="6160037F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Blood Alcohol (</w:t>
             </w:r>
-            <w:r w:rsidR="002343CE" w:rsidRPr="007F2E28">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F2E28" w:rsidR="002343CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology </w:t>
             </w:r>
             <w:r w:rsidR="00342590">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidR="002343CE" w:rsidRPr="007F2E28">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="007F2E28" w:rsidR="002343CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="2840A4BE">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidTr="2840A4BE" w14:paraId="61D1F5C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5C0" w14:textId="5AAA75E1" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F5C0" w14:textId="5AAA75E1">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5C1" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="002343CE" w14:paraId="61D1F5C1" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6D2CB7" w14:textId="7C077215" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="3C6D2CB7" w14:textId="7C077215">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3900AAA3" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="007F2E28">
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="002343CE" w14:paraId="3900AAA3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="00B52B4C" w14:paraId="61D1F5C2" w14:textId="3A5BC51B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5C3" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="007F2E28" w:rsidRDefault="002343CE" w14:paraId="61D1F5C3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Firearms/Toolmarks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="2840A4BE">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidTr="2840A4BE" w14:paraId="61D1F5C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="003C4D0B" w:rsidRDefault="00B52B4C" w14:paraId="61D1F5C5" w14:textId="377A5832">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5C6" w14:textId="667435A8" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="003C4D0B">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="003C4D0B" w:rsidRDefault="002343CE" w14:paraId="61D1F5C6" w14:textId="667435A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Latent Prints</w:t>
             </w:r>
             <w:r w:rsidR="000C3EF9">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Friction Ridge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5453DB88" w14:textId="71D8B893" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="5453DB88" w14:textId="71D8B893">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBE6918" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="003C4D0B">
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="003C4D0B" w:rsidRDefault="002343CE" w14:paraId="4BBE6918" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="003C4D0B" w:rsidRDefault="00B52B4C" w14:paraId="61D1F5C7" w14:textId="7FBAC34E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5C8" w14:textId="77777777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002343CE" w:rsidP="003C4D0B">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="002343CE" w:rsidP="003C4D0B" w:rsidRDefault="002343CE" w14:paraId="61D1F5C8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rime Scene</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="2840A4BE">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="00561A1A" w:rsidTr="2840A4BE" w14:paraId="188FF6F1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="00561A1A" w:rsidP="00561A1A" w:rsidRDefault="00B52B4C" w14:paraId="07069D1C" w14:textId="38920B6A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C5F9F7" w14:textId="6752F742" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00561A1A" w:rsidP="00561A1A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00561A1A" w:rsidP="00561A1A" w:rsidRDefault="00561A1A" w14:paraId="23C5F9F7" w14:textId="6752F742">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Breath Alcohol (Toxicology - Calibration)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2487" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBEDE12" w14:textId="6B766925" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="2BBEDE12" w14:textId="6B766925">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7D133472" w14:textId="77777777" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00561A1A" w:rsidP="00561A1A">
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00561A1A" w:rsidP="00561A1A" w:rsidRDefault="00561A1A" w14:paraId="7D133472" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="00561A1A" w:rsidP="00561A1A" w:rsidRDefault="00B52B4C" w14:paraId="64CFF0B3" w14:textId="4C77EB48">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="Times New Roman" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1851E376" w14:textId="173A0FD0" w:rsidR="00561A1A" w:rsidRDefault="00561A1A" w:rsidP="00561A1A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00561A1A" w:rsidP="00561A1A" w:rsidRDefault="00561A1A" w14:paraId="1851E376" w14:textId="173A0FD0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Impressions (Footwear)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D1F5CD" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5CD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F5CE" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="009A1D6D" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="009A1D6D" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5CE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1D6D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For each discipline checked in the table above, list all </w:t>
       </w:r>
-      <w:r w:rsidR="003C4D0B" w:rsidRPr="009A1D6D">
+      <w:r w:rsidRPr="009A1D6D" w:rsidR="003C4D0B">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>categor</w:t>
       </w:r>
       <w:r w:rsidRPr="009A1D6D">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ies in which you perform work:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5CF" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5CF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9355"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D1" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="58185935" w14:paraId="61D1F5D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5D0" w14:textId="3EA37017" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0B7BA3FA" w:rsidP="58185935">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="58185935" w:rsidRDefault="0B7BA3FA" w14:paraId="61D1F5D0" w14:textId="3EA37017">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Body Fluid Identification</w:t>
             </w:r>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="0009355F" w:rsidRPr="58185935">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="58185935" w:rsidR="0009355F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="0016192E" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D3" w14:textId="22471B95">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t xml:space="preserve">Education: </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2605"/>
         <w:gridCol w:w="2279"/>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="58185935" w14:paraId="61D1F5D9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D5" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="2A2B067D" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="2A2B067D" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D6" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="38EC8A65" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="38EC8A65" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D7" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="11720865" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="11720865" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5D8" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="3463E1BF" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="3463E1BF" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F5DE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DA" w14:textId="15E5AC3E" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5DA" w14:textId="15E5AC3E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>John Jay College of Criminal Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DB" w14:textId="270D780E" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5DB" w14:textId="270D780E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2012-2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DC" w14:textId="4AC36709" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5DC" w14:textId="4AC36709">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DD" w14:textId="455495B7" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5DD" w14:textId="455495B7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bachelor of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F5E3" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F5E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DF" w14:textId="59007854" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5DF" w14:textId="59007854">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hostos Community College</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E0" w14:textId="0215091C" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5E0" w14:textId="0215091C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2009-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E1" w14:textId="7C0B1B6F" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5E1" w14:textId="7C0B1B6F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E2" w14:textId="51286E3B" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5E2" w14:textId="51286E3B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Associate of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5F3" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="004D2950" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5F4" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F5F5" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3932"/>
         <w:gridCol w:w="3843"/>
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="58185935" w14:paraId="61D1F5F9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5F6" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="00A1AB74" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="00A1AB74" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5F7" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="6CFB117B" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="6CFB117B" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F5F8" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="20D88A56" w14:textId="77777777" w:rsidR="58185935" w:rsidRDefault="58185935"/>
+          <w:p w:rsidR="58185935" w:rsidRDefault="58185935" w14:paraId="20D88A56" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F5FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FA" w14:textId="2CB94996" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5FA" w14:textId="2CB94996">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA Evidence in Grouping Sexual Assault Cases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FB" w14:textId="5B48C938" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5FB" w14:textId="5B48C938">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Webinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FC" w14:textId="125C5F5C" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5FC" w14:textId="125C5F5C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 27, 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F601" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FE" w14:textId="7CC3031E" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5FE" w14:textId="7CC3031E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Promega Technology Tour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FF" w14:textId="605B86AA" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F5FF" w14:textId="605B86AA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Promega, Seminar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F600" w14:textId="324A0FD6" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F600" w14:textId="324A0FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>December 04, 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F605" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F605" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F602" w14:textId="5E4E43AE" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F602" w14:textId="5E4E43AE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stability and Persistence of Touch DNA for Forensic Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F603" w14:textId="7B875A3A" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F603" w14:textId="7B875A3A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIJ, Webinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F604" w14:textId="129D521E" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F604" w14:textId="129D521E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 12, 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F609" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F609" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F606" w14:textId="386403DE" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F606" w14:textId="386403DE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584423">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advancements in Analysis of Human Remains</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F607" w14:textId="6FF5339D" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F607" w14:textId="6FF5339D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Thermo Fisher, Webinar</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Thermo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fisher, Webinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F608" w14:textId="2CC9F151" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F608" w14:textId="2CC9F151">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 10, 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F60D" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="61D1F60D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F60A" w14:textId="5A3B7DD3" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F60A" w14:textId="5A3B7DD3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Statistical Genetics and Mechanics of Probabilistic Genotyping</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F60B" w14:textId="3756F9D8" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F60B" w14:textId="3756F9D8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIJ, Webinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F60C" w14:textId="1EBBA66B" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F60C" w14:textId="1EBBA66B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>December 4, 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="0CF50B01" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="0CF50B01" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11DA2F40" w14:textId="2FB3E5BA" w:rsidR="0009355F" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="11DA2F40" w14:textId="2FB3E5BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Probabilistic DNA Interpretation Workshop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A535FD2" w14:textId="2380EB89" w:rsidR="0009355F" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="7A535FD2" w14:textId="2380EB89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIST, Seminar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8FF69E" w14:textId="23D8ADE1" w:rsidR="0009355F" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="6B8FF69E" w14:textId="23D8ADE1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>March 9 – 10, 2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="41DC89A0" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="58185935" w14:paraId="41DC89A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44664737" w14:textId="0F8AAC83" w:rsidR="0009355F" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="44664737" w14:textId="0F8AAC83">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EZ2 and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="58185935">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Qiacube</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="58185935">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Connect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="58185935" w:rsidR="11D8669A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Qiagen Training)</w:t>
             </w:r>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22C6F4BB" w14:textId="387F3613" w:rsidR="0009355F" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="22C6F4BB" w14:textId="387F3613">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carrie Mayes and Bryan Davis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45A7650D" w14:textId="3B9FB929" w:rsidR="0009355F" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="45A7650D" w14:textId="3B9FB929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18 May 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="58185935" w14:paraId="5FDD9139" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidR="58185935" w:rsidTr="58185935" w14:paraId="5FDD9139" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5DC465" w14:textId="2BC2D9C8" w:rsidR="2F6E4DDC" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="2F6E4DDC" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="0F5DC465" w14:textId="2BC2D9C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> (ThermoFisher Training)</w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="58185935">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID System</w:t>
+            </w:r>
+            <w:r w:rsidRPr="58185935" w:rsidR="28F90C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="58185935" w:rsidR="28F90C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="58185935" w:rsidR="28F90C5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B74C479" w14:textId="5C697109" w:rsidR="2F6E4DDC" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
+          <w:p w:rsidR="2F6E4DDC" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="4B74C479" w14:textId="5C697109">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kristen Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECBC4D2" w14:textId="73B8E22E" w:rsidR="2F6E4DDC" w:rsidRDefault="2F6E4DDC" w:rsidP="58185935">
+          <w:p w:rsidR="2F6E4DDC" w:rsidP="58185935" w:rsidRDefault="2F6E4DDC" w14:paraId="1ECBC4D2" w14:textId="73B8E22E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="58185935">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25 Oct 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="58185935" w14:paraId="38F0CDAD" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidR="58185935" w:rsidTr="58185935" w14:paraId="38F0CDAD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDF97B9" w14:textId="38B77139" w:rsidR="58185935" w:rsidRDefault="00727A35" w:rsidP="58185935">
+          <w:p w:rsidR="58185935" w:rsidP="58185935" w:rsidRDefault="00727A35" w14:paraId="2EDF97B9" w14:textId="38B77139">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00727A35">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Online Workshop Series: Probabilistic Genotyping of Evidentiary DNA Typing Results </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3B6AB5" w14:textId="398330AC" w:rsidR="58185935" w:rsidRDefault="00FB7A5E" w:rsidP="58185935">
+          <w:p w:rsidR="58185935" w:rsidP="58185935" w:rsidRDefault="00FB7A5E" w14:paraId="5B3B6AB5" w14:textId="398330AC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Forensic Technology Center of Excellence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B85A594" w14:textId="3887B11A" w:rsidR="58185935" w:rsidRDefault="003A35B9" w:rsidP="58185935">
+          <w:p w:rsidR="58185935" w:rsidP="58185935" w:rsidRDefault="003A35B9" w14:paraId="1B85A594" w14:textId="3887B11A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>November 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25E6F" w14:paraId="38D643C0" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidR="00B25E6F" w:rsidTr="58185935" w14:paraId="38D643C0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28DE5FBC" w14:textId="123742D5" w:rsidR="00B25E6F" w:rsidRPr="00727A35" w:rsidRDefault="00B25E6F" w:rsidP="58185935">
+          <w:p w:rsidRPr="00727A35" w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="00B25E6F" w14:paraId="28DE5FBC" w14:textId="123742D5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>STRmix Training Workshop</w:t>
+              <w:t>STRmix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760B7BF2" w14:textId="051A5B25" w:rsidR="00B25E6F" w:rsidRDefault="001E7B5C" w:rsidP="58185935">
+          <w:p w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="001E7B5C" w14:paraId="760B7BF2" w14:textId="051A5B25">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Jo-Anne Bright, Laura Russell, and Kevin Cheng</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="319EEC26" w14:textId="383AC0A7" w:rsidR="00B25E6F" w:rsidRDefault="001E7B5C" w:rsidP="58185935">
+          <w:p w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="001E7B5C" w14:paraId="319EEC26" w14:textId="383AC0A7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>April 8 – April 11, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25E6F" w14:paraId="75E4EE67" w14:textId="77777777" w:rsidTr="58185935">
+      <w:tr w:rsidR="00B25E6F" w:rsidTr="58185935" w14:paraId="75E4EE67" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F05768E" w14:textId="1994588C" w:rsidR="00B25E6F" w:rsidRDefault="00B25E6F" w:rsidP="58185935">
+          <w:p w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="00B25E6F" w14:paraId="3F05768E" w14:textId="1994588C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Testimony Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA1F89B" w14:textId="6AC10C02" w:rsidR="00B25E6F" w:rsidRDefault="00B25E6F" w:rsidP="58185935">
+          <w:p w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="00B25E6F" w14:paraId="4FA1F89B" w14:textId="6AC10C02">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13CB360B" w14:textId="7E1C5041" w:rsidR="00B25E6F" w:rsidRDefault="00F37A3D" w:rsidP="58185935">
+          <w:p w:rsidR="00B25E6F" w:rsidP="58185935" w:rsidRDefault="00F37A3D" w14:paraId="13CB360B" w14:textId="7E1C5041">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>June 4</w:t>
             </w:r>
             <w:r w:rsidR="00BB1D20">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> – June 5, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F60E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F60E" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F60F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="004D2950" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F60F" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F610" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3932"/>
         <w:gridCol w:w="3843"/>
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="57C7A870" w14:paraId="61D1F614" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F611" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="153D9A93" w14:textId="77777777" w:rsidR="004C1820" w:rsidRDefault="004C1820"/>
+          <w:p w:rsidR="004C1820" w:rsidRDefault="004C1820" w14:paraId="153D9A93" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F612" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="3E0F23D3" w14:textId="77777777" w:rsidR="004C1820" w:rsidRDefault="004C1820"/>
+          <w:p w:rsidR="004C1820" w:rsidRDefault="004C1820" w14:paraId="3E0F23D3" w14:textId="77777777"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+            <w:tcMar/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F613" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="58F7AB68" w14:textId="77777777" w:rsidR="004C1820" w:rsidRDefault="004C1820"/>
+          <w:p w:rsidR="004C1820" w:rsidRDefault="004C1820" w14:paraId="58F7AB68" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="57C7A870" w14:paraId="61D1F618" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="0009355F" w14:paraId="61D1F615" w14:textId="115800FA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA analysis and the statistical significance of such testing</w:t>
             </w:r>
-            <w:r w:rsidR="0BCE3B02" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="0BCE3B02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Grand Jury  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="6E71B8B8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 15</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1A57">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2019</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F616" w14:textId="1BB47821" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F616" w14:textId="1BB47821">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="4C2DBBE3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-Manhattan, NYC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F617" w14:textId="69947B60" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F617" w14:textId="69947B60">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2840A4BE" w14:paraId="75773615" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidR="2840A4BE" w:rsidTr="57C7A870" w14:paraId="75773615" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="02BA0CF4" w:rsidP="2840A4BE" w:rsidRDefault="02BA0CF4" w14:paraId="6BB41BD5" w14:textId="6A29140D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DNA analysis and the statistical significance of such testing – Trial  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74FB5330" w14:textId="1B948B21" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="74FB5330" w14:textId="1B948B21">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="02BA0CF4" w:rsidP="2840A4BE" w:rsidRDefault="02BA0CF4" w14:paraId="755C8935" w14:textId="2EF0598D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>November 13</w:t>
             </w:r>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, 2019  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BE3CDAD" w14:textId="45111FC6" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="5BE3CDAD" w14:textId="45111FC6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="02BA0CF4" w:rsidP="2840A4BE" w:rsidRDefault="02BA0CF4" w14:paraId="75FE24F7" w14:textId="496B760D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-Brooklyn, NYC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FF2A0AD" w14:textId="526B4024" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="1FF2A0AD" w14:textId="526B4024">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F61C" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="57C7A870" w14:paraId="61D1F61C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="02BA0CF4" w14:paraId="61D1F619" w14:textId="26D3A300">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA analysis and the statistical significance of such testing</w:t>
             </w:r>
-            <w:r w:rsidR="5EC05398" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="5EC05398">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Grand Jury  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="1785EAEB" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 7</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1A57">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2020</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F61A" w14:textId="2075FF6B" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F61A" w14:textId="2075FF6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="3617FE0C" w14:paraId="1EC82CFD" w14:textId="62C27E5C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="232CA553" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="232CA553">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Brooklyn, NYC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F61B" w14:textId="2C7FB560" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="2840A4BE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="0009355F" w14:paraId="61D1F61B" w14:textId="2C7FB560">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F620" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="57C7A870" w14:paraId="61D1F620" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="0009355F" w14:paraId="61D1F61D" w14:textId="646B510D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA analysis and the statistical significance of such testing</w:t>
             </w:r>
-            <w:r w:rsidR="26E8AB4B" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="26E8AB4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F61E" w14:textId="69D4650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 7</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1A57">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="22182B11" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-The Bronx, NYC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F61F" w14:textId="3C1288AF" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F61F" w14:textId="3C1288AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F624" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="57C7A870" w14:paraId="61D1F624" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="2840A4BE" w:rsidRDefault="209BFE2B" w14:paraId="61D1F621" w14:textId="09069B05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA analysis and the statistical significance of such testing</w:t>
             </w:r>
-            <w:r w:rsidR="557FA1FF" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="557FA1FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Trial  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="209BFE2B" w14:paraId="61D1F622" w14:textId="2C96A0F9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1820">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>March 27</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1820">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="004C1820">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="209BFE2B" w14:paraId="61D1F623" w14:textId="4C7D37E8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1820">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-Queens, NYC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F628" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="57C7A870" w14:paraId="61D1F628" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="587F7A90" w14:paraId="61D1F625" w14:textId="1CB624E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D53AAB2">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forensic Biology – Grand Jury  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="587F7A90" w14:paraId="61D1F626" w14:textId="47982E49">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D53AAB2">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 2</w:t>
             </w:r>
             <w:r w:rsidR="00765C16">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="6D53AAB2">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="6D53AAB2">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="587F7A90" w14:paraId="61D1F627" w14:textId="1AD2224C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="136650B0">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="2088F2D5" w:rsidRPr="136650B0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="136650B0" w:rsidR="2088F2D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Fairbanks (Telephonic)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="15A1AF21" w14:paraId="16AC2ED8" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidR="15A1AF21" w:rsidTr="57C7A870" w14:paraId="16AC2ED8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="659799EE" w:rsidP="15A1AF21" w:rsidRDefault="659799EE" w14:paraId="3073C480" w14:textId="0C8DB85E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="15A1AF21">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forensic Biology – Trial  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48367D89" w14:textId="0934B2E5" w:rsidR="15A1AF21" w:rsidRDefault="15A1AF21" w:rsidP="15A1AF21">
+          <w:p w:rsidR="15A1AF21" w:rsidP="15A1AF21" w:rsidRDefault="15A1AF21" w14:paraId="48367D89" w14:textId="0934B2E5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="659799EE" w:rsidP="15A1AF21" w:rsidRDefault="659799EE" w14:paraId="2064665C" w14:textId="1706A485">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="15A1AF21">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 16</w:t>
             </w:r>
             <w:r w:rsidRPr="15A1AF21">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="15A1AF21">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="030B91DE" w14:textId="7CE5D520" w:rsidR="15A1AF21" w:rsidRDefault="15A1AF21" w:rsidP="15A1AF21">
+          <w:p w:rsidR="15A1AF21" w:rsidP="15A1AF21" w:rsidRDefault="15A1AF21" w14:paraId="030B91DE" w14:textId="7CE5D520">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="6BF6671E" w14:textId="1A508B4E" w:rsidR="659799EE" w:rsidRDefault="659799EE" w:rsidP="15A1AF21">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="659799EE" w:rsidP="15A1AF21" w:rsidRDefault="659799EE" w14:paraId="6BF6671E" w14:textId="1A508B4E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="15A1AF21">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-Dillingham</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="2840A4BE" w14:paraId="0430BA57" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidR="2840A4BE" w:rsidTr="57C7A870" w14:paraId="0430BA57" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="6699DE2C" w14:textId="1CB624E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forensic Biology – Grand Jury  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="0B1054DA" w14:textId="084D89D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="7AF90D64" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="7AF90D64">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ug</w:t>
             </w:r>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="7D3BDB36" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="7D3BDB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="7D3BDB36" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="7D3BDB36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 202</w:t>
             </w:r>
-            <w:r w:rsidR="3D4C7351" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="3D4C7351">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="35DCC937" w14:textId="5C20F054">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-</w:t>
             </w:r>
-            <w:r w:rsidR="62692AFB" w:rsidRPr="2840A4BE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="2840A4BE" w:rsidR="62692AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ketchikan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11EB93CF" w14:textId="40134BA0" w:rsidR="2840A4BE" w:rsidRDefault="2840A4BE" w:rsidP="2840A4BE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="2840A4BE" w:rsidP="2840A4BE" w:rsidRDefault="2840A4BE" w14:paraId="11EB93CF" w14:textId="40134BA0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2840A4BE">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Telephonic)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3FD6739A" w14:paraId="03044722" w14:textId="77777777" w:rsidTr="3FD6739A">
+      <w:tr w:rsidR="3FD6739A" w:rsidTr="57C7A870" w14:paraId="03044722" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="43117FF4" w14:textId="27DEB848" w:rsidR="3FD6739A" w:rsidRDefault="3FD6739A" w:rsidP="3FD6739A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="3FD6739A" w:rsidP="3FD6739A" w:rsidRDefault="3FD6739A" w14:paraId="43117FF4" w14:textId="27DEB848">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Forensic Biology – Trial  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="433A1426" w:rsidP="3FD6739A" w:rsidRDefault="433A1426" w14:paraId="79E0551C" w14:textId="1C4A4D1D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September</w:t>
             </w:r>
-            <w:r w:rsidR="3FD6739A" w:rsidRPr="3FD6739A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="3FD6739A" w:rsidR="3FD6739A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
-            <w:r w:rsidR="08187713" w:rsidRPr="3FD6739A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="3FD6739A" w:rsidR="08187713">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="3FD6739A" w:rsidRPr="3FD6739A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="3FD6739A" w:rsidR="3FD6739A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
-            <w:r w:rsidR="3FD6739A" w:rsidRPr="3FD6739A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="3FD6739A" w:rsidR="3FD6739A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0656CDA5" w14:textId="2F013EAA" w:rsidR="0C8A20F6" w:rsidRDefault="0C8A20F6" w:rsidP="3FD6739A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0C8A20F6" w:rsidP="3FD6739A" w:rsidRDefault="0C8A20F6" w14:paraId="0656CDA5" w14:textId="2F013EAA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 16</w:t>
             </w:r>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0F638566" w14:textId="25F9BA2F" w:rsidR="3FD6739A" w:rsidRDefault="3FD6739A" w:rsidP="3FD6739A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="3FD6739A" w:rsidP="3FD6739A" w:rsidRDefault="3FD6739A" w14:paraId="0F638566" w14:textId="25F9BA2F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3FD6739A">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-</w:t>
             </w:r>
-            <w:r w:rsidR="59140839" w:rsidRPr="3FD6739A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="3FD6739A" w:rsidR="59140839">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anchorage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="57C7A870" w:rsidTr="57C7A870" w14:paraId="0755FA11">
+        <w:trPr>
+          <w:trHeight w:val="216"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="57C7A870" w:rsidP="57C7A870" w:rsidRDefault="57C7A870" w14:paraId="36A5DA2F" w14:textId="7590D1FB">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="57C7A870">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Biology – Trial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="5531A427" w:rsidP="57C7A870" w:rsidRDefault="5531A427" w14:paraId="38CF6F71" w14:textId="2BD17F5F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="5531A427">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>January</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="57C7A870">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="3D0316DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="57C7A870">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="57C7A870">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, 202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="532FB892">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="57C7A870" w:rsidP="57C7A870" w:rsidRDefault="57C7A870" w14:paraId="4ADB5D9E" w14:textId="7CE5D520">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="57C7A870" w:rsidP="57C7A870" w:rsidRDefault="57C7A870" w14:paraId="393FF638" w14:textId="1A508B4E">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="57C7A870" w:rsidR="57C7A870">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1-Dillingham</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F629" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="004D2950" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F62A" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F62B" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="0048762B" w14:paraId="61D1F62F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F62C" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F62D" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F62E" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="0048762B" w14:paraId="61D1F633" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F630" w14:textId="10B98DD8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F630" w14:textId="10B98DD8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F631" w14:textId="079D3E31" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F631" w14:textId="079D3E31">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F632" w14:textId="5DCBE3EC" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F632" w14:textId="5DCBE3EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F644" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F645" w14:textId="7963F2BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4019"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3434"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w14:paraId="74702AC7" w14:textId="77777777" w:rsidTr="00CD2981">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidTr="00CD2981" w14:paraId="74702AC7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-716425392"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="9713E3EF52764930973318828B83F31A"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="309D140D" w14:textId="77777777" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="309D140D" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15171523" w14:textId="32E13098" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="15171523" w14:textId="32E13098">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1058127157"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="9713E3EF52764930973318828B83F31A"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="31928E19" w14:textId="77777777" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="31928E19" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E621944" w14:textId="5A095D69" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00DB504F" w:rsidP="00CD2981">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00DB504F" w14:paraId="5E621944" w14:textId="5A095D69">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September</w:t>
             </w:r>
             <w:r w:rsidR="00EF3E5C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00EF3E5C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w14:paraId="274A6FBB" w14:textId="77777777" w:rsidTr="00CD2981">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidTr="00CD2981" w14:paraId="274A6FBB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16280905"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="9713E3EF52764930973318828B83F31A"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="0E2615C6" w14:textId="77777777" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="0E2615C6" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="661DFB9C" w14:textId="77777777" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="661DFB9C" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, Alaska State Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w14:paraId="27B870A8" w14:textId="77777777" w:rsidTr="00CD2981">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidTr="00CD2981" w14:paraId="27B870A8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DAD2D86" w14:textId="77777777" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="6DAD2D86" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w14:paraId="048DFB47" w14:textId="77777777" w:rsidTr="00CD2981">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidTr="00CD2981" w14:paraId="048DFB47" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="69C6A3FC" w14:textId="368C1962" w:rsidR="00EF3E5C" w:rsidRPr="007F2E28" w:rsidRDefault="00EF3E5C" w:rsidP="00CD2981">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="00EF3E5C" w:rsidP="00CD2981" w:rsidRDefault="00EF3E5C" w14:paraId="69C6A3FC" w14:textId="368C1962">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performs DNA screening</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">testing on </w:t>
             </w:r>
             <w:r w:rsidR="001B7A03">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>evidence</w:t>
             </w:r>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> submitted to the laboratory.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45D27C24" w14:textId="62355845" w:rsidR="00EF3E5C" w:rsidRPr="00C00034" w:rsidRDefault="00EF3E5C" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="00C00034" w:rsidR="00EF3E5C" w:rsidP="007F2E28" w:rsidRDefault="00EF3E5C" w14:paraId="45D27C24" w14:textId="62355845">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F646" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4019"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3434"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F64B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F647" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F648" w14:textId="0ED36FC1" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F648" w14:textId="0ED36FC1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F649" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F64A" w14:textId="535CF285" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F64A" w14:textId="535CF285">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">July 2021 - </w:t>
             </w:r>
             <w:r w:rsidR="00DB504F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F64E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F64C" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F64D" w14:textId="57A98DC9" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F64D" w14:textId="57A98DC9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, Alaska State Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F650" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F650" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F64F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F64F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F652" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F651" w14:textId="3DB7067E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F651" w14:textId="3DB7067E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performs DNA screening</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>testing on SAK submitted to the laboratory.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F653" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F654" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4028"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F659" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F655" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F656" w14:textId="0AC58FC5" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F656" w14:textId="0AC58FC5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criminalist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F657" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F658" w14:textId="2D9A6426" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F658" w14:textId="2D9A6426">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2018 – June 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F65C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F65A" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F65B" w14:textId="55A92948" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F65B" w14:textId="55A92948">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York City Office of Chief Medical Examiner, Forensic Biology Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65E" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F65E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F65D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F65D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F660" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE1EE79" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="00CC177D" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="00CC177D" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="1AE1EE79" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In addition to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Criminalist</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC177D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I duties:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00CC177D" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="68864C8E" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC177D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, interpret</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and report</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ed </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F65F" w14:textId="0333D10F" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F65F" w14:textId="0333D10F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Testif</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ied</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC177D">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in court as needed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F661" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F662" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4028"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="0009355F" w14:paraId="61D1F667" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F663" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4028" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F664" w14:textId="37374C4D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F664" w14:textId="37374C4D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criminalist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F665" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F666" w14:textId="42426534" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F666" w14:textId="42426534">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2016 – July 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F66A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F668" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8346" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F669" w14:textId="5CA5FDF8" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F669" w14:textId="5CA5FDF8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>New York City Office of Chief Medical Examiner, Forensic Biology Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F66C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F66B" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F66B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F66E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="416B8F14" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="416B8F14" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perform</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> DNA </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>testing on items of physical evidence submitted to the laboratory</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="565CC1EA" w14:textId="77777777" w:rsidR="0009355F" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="565CC1EA" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">Performed DNA testing on thousands of degraded bone samples from the World Trade Center Mass Disaster. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F880B12" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="3F880B12" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performed</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mt</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">DNA </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">testing on </w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>degraded human remains</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="611D7BF1" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="611D7BF1" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> degraded human remains such as tissue and bone samples of missing and unidentified persons for identification. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4328B48D" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="4328B48D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Receive</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and inventory post-mortem items.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F66D" w14:textId="0BA36390" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F66D" w14:textId="0BA36390">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4F0879E3">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Interviewed families of missing persons.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F66F" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F670" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="0009355F" w14:paraId="61D1F675" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F671" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F672" w14:textId="46C5B722" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F672" w14:textId="46C5B722">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>College Laboratory Technician</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F673" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F674" w14:textId="4F5E2349" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F674" w14:textId="4F5E2349">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2014 – June 2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F678" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F676" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8346" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F677" w14:textId="51CC07BB" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F677" w14:textId="51CC07BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>John Jay College of Criminal Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F67A" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F67A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F679" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F679" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F67C" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F67C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="213D5083" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="213D5083" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Set up, maintained, and organized student laboratories.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4846630B" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="4846630B" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Assisted criminalistics students with setting up experiments and with the use of equipment and materials.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F527257" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="4F527257" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepared laboratory reagents. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F67B" w14:textId="28F9492D" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F67B" w14:textId="28F9492D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maintained appropriate safety and hygiene standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F67D" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001C7C38" w:rsidP="007F2E28">
+        <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="00AE4C40" w14:paraId="61D1F67E" w14:textId="77777777">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="0009355F" w14:paraId="61D1F683" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F67F" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F680" w14:textId="21114FA9" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F680" w14:textId="21114FA9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Laboratory Intern</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F681" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F682" w14:textId="783469C5" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F682" w14:textId="783469C5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2014 – December 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F686" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
+              <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F684" w14:textId="77777777">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
-                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F685" w14:textId="6070D961" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F685" w14:textId="6070D961">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yonkers Police Department Forensic Science Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F688" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F688" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F687" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="007F2E28">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="007F2E28" w:rsidRDefault="0009355F" w14:paraId="61D1F687" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009355F" w:rsidRPr="007F2E28" w14:paraId="61D1F68A" w14:textId="77777777" w:rsidTr="0009355F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidTr="0009355F" w14:paraId="61D1F68A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="02A035F8" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="02A035F8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepared laboratory reagents. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="574325FC" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="574325FC" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Performed FTIR quality assurance test.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46152BE9" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="46152BE9" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Assisted in the microscopic analysis of vegetation material.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="354261B0" w14:textId="77777777" w:rsidR="0009355F" w:rsidRPr="0058216C" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="354261B0" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conducted presumptive color &amp; calorimetric tests in the analysis of controlled </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>substance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058216C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="0058216C" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="4EAA60D2" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0058216C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepared sample vials for GC-MS analysis.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F689" w14:textId="795147DB" w:rsidR="0009355F" w:rsidRPr="007F2E28" w:rsidRDefault="0009355F" w:rsidP="0009355F">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="0009355F" w:rsidP="0009355F" w:rsidRDefault="0009355F" w14:paraId="61D1F689" w14:textId="795147DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0058216C">
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organized and archived case files.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F68C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="00C00034" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F68D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F68E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="00DD058F">
+      <w:tr w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidTr="00DD058F" w14:paraId="61D1F691" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="00F7381B" w:rsidRDefault="007F2E28" w14:paraId="61D1F690" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w:rsidRPr="007F2E28" w:rsidR="007F2E28" w:rsidP="007F2E28" w:rsidRDefault="007F2E28" w14:paraId="61D1F692" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
+    <w:p w:rsidR="00AA1961" w:rsidRDefault="00AA1961" w14:paraId="61D1F693" w14:textId="77777777"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F28C5CA" w14:textId="77777777" w:rsidR="00F2736A" w:rsidRDefault="00F2736A" w:rsidP="00D73674">
+    <w:p w:rsidR="00111BE1" w:rsidP="00D73674" w:rsidRDefault="00111BE1" w14:paraId="0A404F97" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5497DF68" w14:textId="77777777" w:rsidR="00F2736A" w:rsidRDefault="00F2736A" w:rsidP="00D73674">
+    <w:p w:rsidR="00111BE1" w:rsidP="00D73674" w:rsidRDefault="00111BE1" w14:paraId="2FA7DD7D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3BF83444" w14:textId="77777777" w:rsidR="004F7AF1" w:rsidRDefault="004F7AF1">
+    <w:p w:rsidR="00111BE1" w:rsidRDefault="00111BE1" w14:paraId="5FC8C442" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -7029,200 +7415,200 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001C7C38" w:rsidP="00616CEA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00447F1B" w:rsidR="00616CEA" w:rsidP="00616CEA" w:rsidRDefault="00AE4C40" w14:paraId="61D1F69F" w14:textId="77777777">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C71D1F" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00C71D1F">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C71D1F" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00C71D1F">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
+        <w:r w:rsidRPr="00447F1B" w:rsidR="00616CEA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="61D1F6A1" w14:textId="7C48BC29" w:rsidR="00616CEA" w:rsidRDefault="00616CEA" w:rsidP="00447F1B">
+  <w:p w:rsidR="00616CEA" w:rsidP="00447F1B" w:rsidRDefault="00616CEA" w14:paraId="61D1F6A1" w14:textId="7C48BC29">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61D1F6A4" wp14:editId="61D1F6A5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>914400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9430385</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="729615" cy="152400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
@@ -7246,340 +7632,347 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="61D1F6A6" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRDefault="00616CEA" w:rsidP="00616CEA">
+                        <w:p w:rsidR="00616CEA" w:rsidP="00616CEA" w:rsidRDefault="00616CEA" w14:paraId="61D1F6A6" w14:textId="77777777">
                           <w:pPr>
                             <w:spacing w:line="224" w:lineRule="exact"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="61D1F6A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="3D9C388C">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="61D1F6A4">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1in;margin-top:742.55pt;width:57.45pt;height:12pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjWFqC1gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9msaIFos1VpVYRU&#10;LlLhAyaOnUQkHjP2brJ8PWNnswX6VvFijcfj43POjLdX09CLgybfoS1lvlpLoa3CurNNKb9/u3v1&#10;VgofwNbQo9WlPGovr3YvX2xHV+gNttjXmgSDWF+MrpRtCK7IMq9aPYBfodOWDw3SAIG31GQ1wcjo&#10;Q59t1uvLbESqHaHS3nP2dj6Uu4RvjFbhizFeB9GXkrmFtFJaq7hmuy0UDYFrO3WiAc9gMUBn+dEz&#10;1C0EEHvqnkANnSL0aMJK4ZChMZ3SSQOrydf/qHlowemkhc3x7myT/3+w6vPhwX0lEab3OHEDkwjv&#10;7lH98MLiTQu20ddEOLYaan44j5Zlo/PF6Wq02hc+glTjJ6y5ybAPmIAmQ0N0hXUKRucGHM+m6ykI&#10;xck3m3eX+YUUio/yi83rdWpKBsVy2ZEPHzQOIgalJO5pAofDvQ+RDBRLSXzL4l3X96mvvf0rwYUx&#10;k8hHvjPzMFUTV0cRFdZHlkE4jwmPNQct0i8pRh6RUvqfeyAtRf/RshVxnpaAlqBaArCKr5YySDGH&#10;N2Geu72jrmkZeTbb4jXbZbok5ZHFiSe3PSk8jWicqz/3qerxI+1+AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAcbB0k+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6q2xiUIEFBNF&#10;VXuqVIXQQ48GO4CC1xQ7Cf37bk7JbWd3NPsm38x2YGcz+d6hhGghgBlsnO6xlfBdfbwkwHxQqNXg&#10;0Ej4Mx42xeNDrjLtLlia8z60jELQZ0pCF8KYce6bzljlF240SLeDm6wKJKeW60ldKNwOfCnEmlvV&#10;I33o1GjeOtMc9ycrYfuD5Xv/+1XvykPZV1Uq8HN9lPL5ad6+AgtmDjczXPEJHQpiqt0JtWcD6dWK&#10;uoTrkMQRMLIs4yQFVtMqFmkEvMj5fYviHwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACNY&#10;WoLWAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHGwdJPhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 3" style="position:absolute;margin-left:1in;margin-top:742.55pt;width:57.45pt;height:12pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjWFqC1gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9msaIFos1VpVYRU&#10;LlLhAyaOnUQkHjP2brJ8PWNnswX6VvFijcfj43POjLdX09CLgybfoS1lvlpLoa3CurNNKb9/u3v1&#10;VgofwNbQo9WlPGovr3YvX2xHV+gNttjXmgSDWF+MrpRtCK7IMq9aPYBfodOWDw3SAIG31GQ1wcjo&#10;Q59t1uvLbESqHaHS3nP2dj6Uu4RvjFbhizFeB9GXkrmFtFJaq7hmuy0UDYFrO3WiAc9gMUBn+dEz&#10;1C0EEHvqnkANnSL0aMJK4ZChMZ3SSQOrydf/qHlowemkhc3x7myT/3+w6vPhwX0lEab3OHEDkwjv&#10;7lH98MLiTQu20ddEOLYaan44j5Zlo/PF6Wq02hc+glTjJ6y5ybAPmIAmQ0N0hXUKRucGHM+m6ykI&#10;xck3m3eX+YUUio/yi83rdWpKBsVy2ZEPHzQOIgalJO5pAofDvQ+RDBRLSXzL4l3X96mvvf0rwYUx&#10;k8hHvjPzMFUTV0cRFdZHlkE4jwmPNQct0i8pRh6RUvqfeyAtRf/RshVxnpaAlqBaArCKr5YySDGH&#10;N2Geu72jrmkZeTbb4jXbZbok5ZHFiSe3PSk8jWicqz/3qerxI+1+AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAcbB0k+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6q2xiUIEFBNF&#10;VXuqVIXQQ48GO4CC1xQ7Cf37bk7JbWd3NPsm38x2YGcz+d6hhGghgBlsnO6xlfBdfbwkwHxQqNXg&#10;0Ej4Mx42xeNDrjLtLlia8z60jELQZ0pCF8KYce6bzljlF240SLeDm6wKJKeW60ldKNwOfCnEmlvV&#10;I33o1GjeOtMc9ycrYfuD5Xv/+1XvykPZV1Uq8HN9lPL5ad6+AgtmDjczXPEJHQpiqt0JtWcD6dWK&#10;uoTrkMQRMLIs4yQFVtMqFmkEvMj5fYviHwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACNY&#10;WoLWAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHGwdJPhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="61D1F6A6" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRDefault="00616CEA" w:rsidP="00616CEA">
+                  <w:p w:rsidR="00616CEA" w:rsidP="00616CEA" w:rsidRDefault="00616CEA" w14:paraId="672A6659" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:line="224" w:lineRule="exact"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006156A0" w:rsidRPr="00447F1B">
+    <w:r w:rsidRPr="00447F1B" w:rsidR="006156A0">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="006156A0" w:rsidRPr="00447F1B">
+    <w:r w:rsidRPr="00447F1B" w:rsidR="006156A0">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="0009355F">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
+    <w:r w:rsidRPr="00BE2A0D" w:rsidR="006156A0">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
+    <w:r w:rsidRPr="00BE2A0D" w:rsidR="006156A0">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Verdana" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>/2022</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="12F6986D" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="00447F1B" w:rsidRDefault="008A64CE" w:rsidP="008A64CE">
+  <w:p w:rsidRPr="00447F1B" w:rsidR="008A64CE" w:rsidP="008A64CE" w:rsidRDefault="008A64CE" w14:paraId="12F6986D" w14:textId="77777777">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00447F1B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>All printed copies are uncontrolled.</w:t>
     </w:r>
     <w:r w:rsidRPr="00447F1B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00447F1B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00447F1B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
+  <w:p w:rsidRPr="008A64CE" w:rsidR="008A64CE" w:rsidP="00447F1B" w:rsidRDefault="008A64CE" w14:paraId="509B1EA3" w14:textId="77777777">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B369C6F" w14:textId="77777777" w:rsidR="00F2736A" w:rsidRDefault="00F2736A" w:rsidP="00D73674">
+    <w:p w:rsidR="00111BE1" w:rsidP="00D73674" w:rsidRDefault="00111BE1" w14:paraId="37288FC6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05A882AE" w14:textId="77777777" w:rsidR="00F2736A" w:rsidRDefault="00F2736A" w:rsidP="00D73674">
+    <w:p w:rsidR="00111BE1" w:rsidP="00D73674" w:rsidRDefault="00111BE1" w14:paraId="39E89932" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="47EF209C" w14:textId="77777777" w:rsidR="004F7AF1" w:rsidRDefault="004F7AF1">
+    <w:p w:rsidR="00111BE1" w:rsidRDefault="00111BE1" w14:paraId="4F945FD6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="0054002B" w:rsidR="004B73DA" w:rsidP="009F0B21" w:rsidRDefault="006156A0" w14:paraId="79F3CB8E" w14:textId="68799E7C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
       <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D6069BC" wp14:editId="2A4B1377">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-25401</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="topMargin">
             <wp:posOffset>241300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="757419" cy="787400"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -7599,387 +7992,403 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="760233" cy="790325"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="0054002B">
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Verdana" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Verdana" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="004B73DA" w:rsidRPr="0054002B">
+    <w:r w:rsidRPr="0054002B" w:rsidR="004B73DA">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="18D501D6" w14:textId="394A0A4A" w:rsidR="004B73DA" w:rsidRPr="00763D80" w:rsidRDefault="004B73DA" w:rsidP="009F0B21">
+  <w:p w:rsidRPr="00763D80" w:rsidR="004B73DA" w:rsidP="009F0B21" w:rsidRDefault="004B73DA" w14:paraId="18D501D6" w14:textId="394A0A4A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Verdana" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
+  <w:p w:rsidR="001455A1" w:rsidP="00616CEA" w:rsidRDefault="001455A1" w14:paraId="61D1F69D" w14:textId="07F4301D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="161"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="00012F5A"/>
     <w:rsid w:val="00035D01"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0009355F"/>
     <w:rsid w:val="000B05B9"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000D2F47"/>
+    <w:rsid w:val="00111BE1"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B7A03"/>
     <w:rsid w:val="001C7C38"/>
     <w:rsid w:val="001E7B5C"/>
     <w:rsid w:val="001F7678"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002B2694"/>
     <w:rsid w:val="00314908"/>
     <w:rsid w:val="00331DD1"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="003A35B9"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C1820"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F7AF1"/>
     <w:rsid w:val="00525164"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
+    <w:rsid w:val="006B5C5D"/>
     <w:rsid w:val="00727A35"/>
+    <w:rsid w:val="00762B37"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00765C16"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00836DB6"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008E167B"/>
+    <w:rsid w:val="009123F1"/>
     <w:rsid w:val="00923119"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0095427D"/>
     <w:rsid w:val="009853FF"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00AE4C40"/>
     <w:rsid w:val="00B169C8"/>
     <w:rsid w:val="00B25E6F"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BB1D20"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CAD1CC"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB504F"/>
     <w:rsid w:val="00DC5577"/>
     <w:rsid w:val="00E266F7"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EB780E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC1590"/>
     <w:rsid w:val="00EF3E5C"/>
     <w:rsid w:val="00F0588C"/>
     <w:rsid w:val="00F2736A"/>
     <w:rsid w:val="00F37A3D"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F90EA1"/>
     <w:rsid w:val="00FB0AF6"/>
+    <w:rsid w:val="00FB2C52"/>
     <w:rsid w:val="00FB7A5E"/>
     <w:rsid w:val="02BA0CF4"/>
     <w:rsid w:val="080FD630"/>
     <w:rsid w:val="08187713"/>
     <w:rsid w:val="0B7BA3FA"/>
     <w:rsid w:val="0BCE3B02"/>
     <w:rsid w:val="0C8A20F6"/>
     <w:rsid w:val="0F04FF48"/>
     <w:rsid w:val="11D8669A"/>
     <w:rsid w:val="136650B0"/>
     <w:rsid w:val="15A1AF21"/>
     <w:rsid w:val="1800F8A3"/>
     <w:rsid w:val="1DDD1929"/>
     <w:rsid w:val="1ECB547C"/>
     <w:rsid w:val="2088F2D5"/>
     <w:rsid w:val="209BFE2B"/>
     <w:rsid w:val="218EB28C"/>
     <w:rsid w:val="232CA553"/>
+    <w:rsid w:val="25981EFB"/>
     <w:rsid w:val="26E8AB4B"/>
     <w:rsid w:val="2840A4BE"/>
     <w:rsid w:val="28F90C5A"/>
     <w:rsid w:val="2C53A44F"/>
     <w:rsid w:val="2F6E4DDC"/>
     <w:rsid w:val="30DC398C"/>
     <w:rsid w:val="3617FE0C"/>
+    <w:rsid w:val="3D0316DD"/>
     <w:rsid w:val="3D4C7351"/>
     <w:rsid w:val="3D55C3F3"/>
     <w:rsid w:val="3FC24983"/>
     <w:rsid w:val="3FD6739A"/>
     <w:rsid w:val="433A1426"/>
     <w:rsid w:val="482D0720"/>
     <w:rsid w:val="4869ACA0"/>
+    <w:rsid w:val="532FB892"/>
     <w:rsid w:val="550F1866"/>
+    <w:rsid w:val="5531A427"/>
     <w:rsid w:val="557FA1FF"/>
     <w:rsid w:val="56011441"/>
+    <w:rsid w:val="57C7A870"/>
     <w:rsid w:val="58185935"/>
     <w:rsid w:val="587F7A90"/>
     <w:rsid w:val="59140839"/>
     <w:rsid w:val="5EC05398"/>
     <w:rsid w:val="5F00A0AD"/>
     <w:rsid w:val="62692AFB"/>
     <w:rsid w:val="6519C817"/>
     <w:rsid w:val="659799EE"/>
     <w:rsid w:val="6BBAB3B7"/>
     <w:rsid w:val="6D53AAB2"/>
     <w:rsid w:val="7693D7AE"/>
     <w:rsid w:val="7AF90D64"/>
     <w:rsid w:val="7D3BDB36"/>
     <w:rsid w:val="7DBA611E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFC4E9D7-50F9-451D-B0E4-9B4641F760FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8135,52 +8544,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8247,384 +8656,383 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D73674"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D73674"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D73674"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D73674"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002343CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="003A35B9"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="003A35B9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D8C234D3-BA7A-4123-B325-3FDC834AD6A0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001B3E0F" w:rsidRDefault="00EC1245" w:rsidP="00EC1245">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001B3E0F" w:rsidP="00EC1245" w:rsidRDefault="00EC1245" w14:paraId="720703D0" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
           </w:pPr>
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CFF970D9731042809536612429883B2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C99A8850-A5BC-4DA4-A6EC-75970453E738}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001B3E0F" w:rsidRDefault="00EC1245" w:rsidP="00EC1245">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="001B3E0F" w:rsidP="00EC1245" w:rsidRDefault="00EC1245" w14:paraId="46586F3A" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="CFF970D9731042809536612429883B2E"/>
           </w:pPr>
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0657201719AF410FB29768BF604B548C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{26E6FE22-641D-41AF-9B09-15A2BDBBDA75}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D50908" w:rsidRDefault="008E167B">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D50908" w:rsidRDefault="008E167B" w14:paraId="682E8598" wp14:textId="77777777">
           <w:r w:rsidRPr="009C53A2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Label]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{124EFD89-9A36-4729-A6F2-3111C2B4E9BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D50908" w:rsidRDefault="008E167B">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D50908" w:rsidRDefault="008E167B" w14:paraId="741F7708" wp14:textId="77777777">
           <w:r w:rsidRPr="009C53A2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Lab Effective Date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="93AB9DB35FF74923B91B932B953FDE17"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C169335-C177-4B21-A481-BE7BAF7C65F8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D94BBB" w:rsidP="00D9652B" w:rsidRDefault="00D9652B" w14:paraId="4C3E277F" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="93AB9DB35FF74923B91B932B953FDE1710"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="952B834374694389A6673364F7A0291A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB7284AA-3CD4-445E-8BD6-4CCF27AC6565}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D94BBB" w:rsidP="00D9652B" w:rsidRDefault="00D9652B" w14:paraId="6358D8DA" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="952B834374694389A6673364F7A0291A10"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB8563C5-8598-4D81-A6FE-7B97D5C3C49B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00D94BBB" w:rsidP="00D9652B" w:rsidRDefault="00D9652B" w14:paraId="4F14D7C8" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9713E3EF52764930973318828B83F31A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6445DA36-B691-44F9-B6C5-8A277955B0F4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C032FC" w:rsidRDefault="00314908" w:rsidP="00314908">
+        <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="00C032FC" w:rsidP="00314908" w:rsidRDefault="00314908" w14:paraId="1D4D299B" wp14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="9713E3EF52764930973318828B83F31A"/>
           </w:pPr>
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8688,55 +9096,59 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
+    <w:rsid w:val="00091E12"/>
+    <w:rsid w:val="000D2F47"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00314908"/>
+    <w:rsid w:val="00762B37"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="009123F1"/>
     <w:rsid w:val="009853FF"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00C032FC"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F90E0C"/>
     <w:rsid w:val="00F90EA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -9208,51 +9620,51 @@
     <w:name w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
     <w:rsid w:val="00D9652B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9713E3EF52764930973318828B83F31A">
     <w:name w:val="9713E3EF52764930973318828B83F31A"/>
     <w:rsid w:val="00314908"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -9485,140 +9897,123 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...42 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9634,51 +10029,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -9879,136 +10274,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">54</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77DA2886-93DD-4C38-96CC-8519A2051D83}">
-[...18 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00FE28CA-87F2-4EE7-AD92-6B7626B4DF3E}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>SOA Deptartment of Public Safety</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">