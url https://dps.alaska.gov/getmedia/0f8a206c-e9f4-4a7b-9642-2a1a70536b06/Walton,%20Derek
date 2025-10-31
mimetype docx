--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="791B0566" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="1C1A9D5D" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-05-29T00:00:00Z">
+          <w:date w:fullDate="2025-09-25T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00E54BFF">
+          <w:r w:rsidR="00A5152B">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>5/29/2025</w:t>
+            <w:t>9/25/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="38082178" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -317,74 +317,74 @@
       <w:tblGrid>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="3385"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
-                <w14:checked w14:val="0"/>
+                <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="61D1F5BB" w14:textId="13460F50" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="002507E0" w:rsidP="007F2E28">
+              <w:p w14:paraId="61D1F5BB" w14:textId="3CCBFEA8" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00BC6139" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
-                  <w:t>☐</w:t>
+                  <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5BC" w14:textId="76375DFD" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="000C3EF9" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1079,78 +1079,71 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9355"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D1" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5D0" w14:textId="6B66860F" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0074390E" w:rsidP="0016192E">
+          <w:p w14:paraId="61D1F5D0" w14:textId="63C71F72" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0074390E" w:rsidP="0016192E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Breath Alcohol Calibration, </w:t>
             </w:r>
             <w:r w:rsidR="00BD4774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood/Beverage Alcohol Quantitation, Seized Drugs </w:t>
-[...6 lines deleted...]
-              <w:t>Technical Review</w:t>
+              <w:t>Blood/Beverage Alcohol Quantitation, Seized Drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1516,51 +1509,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00453635" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6608,51 +6601,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00453635" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6947,74 +6940,74 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2018 – 202</w:t>
             </w:r>
             <w:r w:rsidR="009968B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2036CF5F" w14:textId="69383D73" w:rsidR="002F4879" w:rsidRDefault="009D3C19">
+          <w:p w14:paraId="2036CF5F" w14:textId="41EF7612" w:rsidR="002F4879" w:rsidRDefault="009D3C19">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E54BFF">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00A5152B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7029,51 +7022,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00453635" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8631,51 +8624,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="448518111"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7EE229FB" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00453635">
+        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00407097">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -9007,51 +9000,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2105152654"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="66E34594" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00453635">
+        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00407097">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -10013,108 +10006,108 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4904BA16" w14:textId="77777777" w:rsidR="00284169" w:rsidRDefault="00284169" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00453635" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00407097" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -10686,51 +10679,51 @@
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00055EC0"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00064689"/>
@@ -10817,74 +10810,77 @@
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2693"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00882A3E"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886645"/>
     <w:rsid w:val="00897266"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008A6DEC"/>
     <w:rsid w:val="008B2EBB"/>
     <w:rsid w:val="008F2AD8"/>
     <w:rsid w:val="0090209D"/>
     <w:rsid w:val="0093387B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946180"/>
     <w:rsid w:val="0097017D"/>
     <w:rsid w:val="009968B1"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B3BE9"/>
     <w:rsid w:val="009B5FBC"/>
     <w:rsid w:val="009D3C19"/>
     <w:rsid w:val="009D4346"/>
     <w:rsid w:val="009F004B"/>
     <w:rsid w:val="00A45B52"/>
+    <w:rsid w:val="00A5152B"/>
     <w:rsid w:val="00A53285"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A718EC"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA4119"/>
     <w:rsid w:val="00AA61EB"/>
     <w:rsid w:val="00AC4079"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B53C73"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA7C83"/>
+    <w:rsid w:val="00BC6139"/>
     <w:rsid w:val="00BD4774"/>
     <w:rsid w:val="00BE010F"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C17220"/>
     <w:rsid w:val="00C26D09"/>
     <w:rsid w:val="00C33757"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C54272"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C57EFF"/>
+    <w:rsid w:val="00C6006F"/>
     <w:rsid w:val="00C65CE2"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CB799A"/>
     <w:rsid w:val="00CF1792"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D35F8A"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D706B7"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB01D9"/>
     <w:rsid w:val="00DD688E"/>
     <w:rsid w:val="00DF3FA6"/>
     <w:rsid w:val="00E54BFF"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E640C3"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E76245"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E87394"/>
     <w:rsid w:val="00EC632A"/>
     <w:rsid w:val="00ED195F"/>
     <w:rsid w:val="00F03200"/>
     <w:rsid w:val="00F178BF"/>
     <w:rsid w:val="00F45C4E"/>
@@ -10892,51 +10888,51 @@
     <w:rsid w:val="00F54BDA"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF14FD"/>
     <w:rsid w:val="00FF2043"/>
     <w:rsid w:val="00FF359F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFC4E9D7-50F9-451D-B0E4-9B4641F760FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -12002,146 +11998,147 @@
       <w:docPartBody>
         <w:p w:rsidR="00977514" w:rsidRDefault="00977514" w:rsidP="00977514">
           <w:pPr>
             <w:pStyle w:val="6AB874C2E88A4205BFA84826C3273C67"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00177790"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00294CC0"/>
     <w:rsid w:val="006029B8"/>
     <w:rsid w:val="006B63C5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E1911"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00977514"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00C6006F"/>
     <w:rsid w:val="00CF1792"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E643A4"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F178BF"/>
     <w:rsid w:val="00F53C6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -12895,153 +12892,123 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...45 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13302,134 +13269,185 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">3</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{948B13B1-EFA4-49F2-8CC5-DABD197FED70}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD8AD0CD-661C-4E54-BC40-BFE3FA6E4D1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2286</Words>
-  <Characters>13035</Characters>
+  <Words>2284</Words>
+  <Characters>13020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>108</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15291</CharactersWithSpaces>
+  <CharactersWithSpaces>15274</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>