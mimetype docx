--- v1 (2025-10-31)
+++ v2 (2026-01-15)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="1C1A9D5D" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="78286AC9" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-09-25T00:00:00Z">
+          <w:date w:fullDate="2025-12-10T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00A5152B">
+          <w:r w:rsidR="009D1289">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>9/25/2025</w:t>
+            <w:t>12/10/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="38082178" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1509,51 +1509,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6601,51 +6601,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6940,74 +6940,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2018 – 202</w:t>
             </w:r>
             <w:r w:rsidR="009968B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2036CF5F" w14:textId="41EF7612" w:rsidR="002F4879" w:rsidRDefault="009D3C19">
-[...22 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="2036CF5F" w14:textId="2EAD8014" w:rsidR="002F4879" w:rsidRDefault="00B008EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7022,51 +7014,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00407097" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8624,51 +8616,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="448518111"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7EE229FB" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00407097">
+        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00284846">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -9000,51 +8992,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2105152654"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="66E34594" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00407097">
+        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00284846">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -10063,51 +10055,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00407097" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00284846" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -10673,57 +10665,57 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00055EC0"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00064689"/>
@@ -10773,96 +10765,99 @@
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F09C1"/>
     <w:rsid w:val="004F664D"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00567BCA"/>
     <w:rsid w:val="005A5BC7"/>
     <w:rsid w:val="005B7F02"/>
     <w:rsid w:val="005D49F5"/>
     <w:rsid w:val="005D7236"/>
     <w:rsid w:val="005E1458"/>
     <w:rsid w:val="006029B8"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00632692"/>
     <w:rsid w:val="00634374"/>
     <w:rsid w:val="00644518"/>
     <w:rsid w:val="00656E3B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00693217"/>
     <w:rsid w:val="006A276F"/>
     <w:rsid w:val="006A7710"/>
     <w:rsid w:val="006B63C5"/>
+    <w:rsid w:val="006C1DCF"/>
     <w:rsid w:val="006D0C6A"/>
     <w:rsid w:val="00713055"/>
     <w:rsid w:val="00720D0F"/>
     <w:rsid w:val="0074390E"/>
     <w:rsid w:val="007451BB"/>
     <w:rsid w:val="007552D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00782CB2"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="0079726A"/>
     <w:rsid w:val="007A23EB"/>
     <w:rsid w:val="007A2C2D"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2693"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00882A3E"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886645"/>
     <w:rsid w:val="00897266"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008A6DEC"/>
     <w:rsid w:val="008B2EBB"/>
     <w:rsid w:val="008F2AD8"/>
     <w:rsid w:val="0090209D"/>
     <w:rsid w:val="0093387B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946180"/>
     <w:rsid w:val="0097017D"/>
     <w:rsid w:val="009968B1"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B3BE9"/>
     <w:rsid w:val="009B5FBC"/>
+    <w:rsid w:val="009D1289"/>
     <w:rsid w:val="009D3C19"/>
     <w:rsid w:val="009D4346"/>
     <w:rsid w:val="009F004B"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A5152B"/>
     <w:rsid w:val="00A53285"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A718EC"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA4119"/>
     <w:rsid w:val="00AA61EB"/>
     <w:rsid w:val="00AC4079"/>
+    <w:rsid w:val="00B008EC"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B53C73"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA7C83"/>
     <w:rsid w:val="00BC6139"/>
     <w:rsid w:val="00BD4774"/>
     <w:rsid w:val="00BE010F"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C17220"/>
     <w:rsid w:val="00C26D09"/>
     <w:rsid w:val="00C33757"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C54272"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C57EFF"/>
     <w:rsid w:val="00C6006F"/>
     <w:rsid w:val="00C65CE2"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CB799A"/>
     <w:rsid w:val="00CF1792"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D35F8A"/>
     <w:rsid w:val="00D6516F"/>
@@ -10888,51 +10883,51 @@
     <w:rsid w:val="00F54BDA"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF14FD"/>
     <w:rsid w:val="00FF2043"/>
     <w:rsid w:val="00FF359F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="49153"/>
+    <o:shapedefaults v:ext="edit" spidmax="51201"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFC4E9D7-50F9-451D-B0E4-9B4641F760FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -12089,50 +12084,51 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00177790"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00294CC0"/>
     <w:rsid w:val="006029B8"/>
     <w:rsid w:val="006B63C5"/>
+    <w:rsid w:val="006C1DCF"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E1911"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00977514"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00C6006F"/>
     <w:rsid w:val="00CF1792"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E643A4"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F178BF"/>
     <w:rsid w:val="00F53C6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -12892,65 +12888,114 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">3</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -13024,51 +13069,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -13269,185 +13314,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...45 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02AF1823-F108-4F06-BD0A-821659E2A6A0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2284</Words>
-  <Characters>13020</Characters>
+  <Characters>13021</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
   <Lines>108</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15274</CharactersWithSpaces>
+  <CharactersWithSpaces>15275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>