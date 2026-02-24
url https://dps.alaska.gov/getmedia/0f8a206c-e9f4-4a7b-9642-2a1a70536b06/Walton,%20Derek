--- v2 (2026-01-15)
+++ v3 (2026-02-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="78286AC9" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="1617FF0F" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-12-10T00:00:00Z">
+          <w:date w:fullDate="2026-02-20T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009D1289">
+          <w:r w:rsidR="00803ECB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>12/10/2025</w:t>
+            <w:t>2/20/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="38082178" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1509,51 +1509,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004B0CC8" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6601,51 +6601,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004B0CC8" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6902,104 +6902,112 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Alcohol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DD6458B" w14:textId="18C92879" w:rsidR="002F4879" w:rsidRDefault="002F4879">
+          <w:p w14:paraId="7DD6458B" w14:textId="4E46077F" w:rsidR="002F4879" w:rsidRDefault="002F4879">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2018 – 202</w:t>
             </w:r>
-            <w:r w:rsidR="009968B1">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00736801">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2036CF5F" w14:textId="2EAD8014" w:rsidR="002F4879" w:rsidRDefault="00B008EC">
-[...14 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w14:paraId="2036CF5F" w14:textId="77798437" w:rsidR="002F4879" w:rsidRDefault="00B008EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00803ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7014,51 +7022,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00284846" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004B0CC8" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8616,51 +8624,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="448518111"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7EE229FB" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00284846">
+        <w:p w14:paraId="457186CF" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="004B0CC8">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -8992,51 +9000,51 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2105152654"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="2EA23877D38946D5A4E98E21760044F5"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="66E34594" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00285461">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="00284846">
+        <w:p w14:paraId="37F12472" w14:textId="77777777" w:rsidR="00285461" w:rsidRDefault="004B0CC8">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:divId w:val="157158634"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -10055,51 +10063,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00284846" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="004B0CC8" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -10665,57 +10673,57 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00055EC0"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00064689"/>
@@ -10769,78 +10777,82 @@
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00567BCA"/>
     <w:rsid w:val="005A5BC7"/>
     <w:rsid w:val="005B7F02"/>
     <w:rsid w:val="005D49F5"/>
     <w:rsid w:val="005D7236"/>
     <w:rsid w:val="005E1458"/>
     <w:rsid w:val="006029B8"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00632692"/>
     <w:rsid w:val="00634374"/>
     <w:rsid w:val="00644518"/>
     <w:rsid w:val="00656E3B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00693217"/>
     <w:rsid w:val="006A276F"/>
     <w:rsid w:val="006A7710"/>
     <w:rsid w:val="006B63C5"/>
     <w:rsid w:val="006C1DCF"/>
     <w:rsid w:val="006D0C6A"/>
     <w:rsid w:val="00713055"/>
     <w:rsid w:val="00720D0F"/>
+    <w:rsid w:val="00736801"/>
     <w:rsid w:val="0074390E"/>
     <w:rsid w:val="007451BB"/>
     <w:rsid w:val="007552D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00782CB2"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="0079726A"/>
     <w:rsid w:val="007A23EB"/>
     <w:rsid w:val="007A2C2D"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2693"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="00803ECB"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00882A3E"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886645"/>
     <w:rsid w:val="00897266"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008A6DEC"/>
     <w:rsid w:val="008B2EBB"/>
     <w:rsid w:val="008F2AD8"/>
     <w:rsid w:val="0090209D"/>
     <w:rsid w:val="0093387B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946180"/>
+    <w:rsid w:val="00954226"/>
     <w:rsid w:val="0097017D"/>
     <w:rsid w:val="009968B1"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A7487"/>
     <w:rsid w:val="009B3BE9"/>
     <w:rsid w:val="009B5FBC"/>
     <w:rsid w:val="009D1289"/>
     <w:rsid w:val="009D3C19"/>
     <w:rsid w:val="009D4346"/>
     <w:rsid w:val="009F004B"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A5152B"/>
     <w:rsid w:val="00A53285"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A718EC"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA4119"/>
     <w:rsid w:val="00AA61EB"/>
     <w:rsid w:val="00AC4079"/>
     <w:rsid w:val="00B008EC"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B53C73"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA7C83"/>
     <w:rsid w:val="00BC6139"/>
     <w:rsid w:val="00BD4774"/>
     <w:rsid w:val="00BE010F"/>
     <w:rsid w:val="00BF515F"/>
@@ -10883,51 +10895,51 @@
     <w:rsid w:val="00F54BDA"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF14FD"/>
     <w:rsid w:val="00FF2043"/>
     <w:rsid w:val="00FF359F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EFC4E9D7-50F9-451D-B0E4-9B4641F760FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -12088,51 +12100,53 @@
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00062EAF"/>
     <w:rsid w:val="00177790"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00294CC0"/>
     <w:rsid w:val="006029B8"/>
     <w:rsid w:val="006B63C5"/>
     <w:rsid w:val="006C1DCF"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E1911"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00954226"/>
     <w:rsid w:val="00977514"/>
+    <w:rsid w:val="009A7487"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00C6006F"/>
     <w:rsid w:val="00CF1792"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E643A4"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F178BF"/>
     <w:rsid w:val="00F53C6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -12888,114 +12902,101 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">3</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -13314,119 +13315,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{386BCCC9-E327-43DA-AE12-3D27D3CD5569}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2284</Words>
-  <Characters>13021</Characters>
+  <Words>2304</Words>
+  <Characters>13000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>295</Lines>
+  <Paragraphs>177</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15275</CharactersWithSpaces>
+  <CharactersWithSpaces>15127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>