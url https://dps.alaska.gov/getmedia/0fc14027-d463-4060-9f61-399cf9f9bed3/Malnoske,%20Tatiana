--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -58,86 +58,87 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="4C75AF1B" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="3042604D" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004657DB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Tatiana Malnoske</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -146,105 +147,107 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-30T00:00:00Z">
+          <w:date w:fullDate="2025-10-29T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00834C0B">
+          <w:r w:rsidR="00D54E09">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/30/2025</w:t>
+            <w:t>10/29/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="724067A2" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004657DB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist II</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -301,50 +304,51 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -386,50 +390,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -495,50 +500,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -580,50 +586,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -653,50 +660,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="6D1ACE71" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -747,50 +755,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="6B571A12" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -829,50 +838,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -914,50 +924,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1218,173 +1229,177 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1737,90 +1752,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1830,132 +1846,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00834C0B" w:rsidRPr="007F2E28" w14:paraId="45AB7049" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
@@ -4831,51 +4850,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4884,132 +4903,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -5054,220 +5076,224 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004657DB" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -5595,50 +5621,51 @@
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5662,50 +5689,51 @@
               </w:rPr>
               <w:t>Forensic Scientist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5731,50 +5759,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5825,51 +5854,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="63EB8BAD" w14:textId="421731BE" w:rsidR="004657DB" w:rsidRPr="004657DB" w:rsidRDefault="00FA5CDC" w:rsidP="004657DB">
+          <w:p w14:paraId="61D1F651" w14:textId="60805705" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA5CDC" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyze and compare latent prints and fingerprints for identification purposes. </w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process physical evidence for latent fingerprint recovery, comparison</w:t>
             </w:r>
             <w:r w:rsidR="005138AD">
@@ -5938,144 +5967,136 @@
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. Performing administrative and technical reviews of </w:t>
             </w:r>
             <w:r w:rsidR="000A1DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">latent print </w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reports. </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6096,50 +6117,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6162,50 +6184,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2023-October 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6282,114 +6305,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process physical evidence for latent fingerprint recovery, comparison and identification. Documenting test results, analysis and findings using LIMS and automated electronic workflows. Digital photography, chemical and physical testing methods for analysis, laboratory equipment and chemical preparation and providing training to law enforcement. Process crime scenes by photographing, taking notes, performing chemical and physical enhancements on impression and biological evidence. Collecting and preservation of evidence items. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4024"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6410,50 +6435,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Technician I/II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6476,50 +6502,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2021-August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6564,50 +6591,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="35DDC447" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6644,114 +6672,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4024"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6772,50 +6802,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criminal Justice Technician I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6838,50 +6869,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2020-February 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6991,114 +7023,116 @@
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7111,50 +7145,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7169,50 +7204,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7318,50 +7354,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00422601" w:rsidRPr="007F2E28" w14:paraId="4338E36C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1022592975"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="60560AA6" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7374,50 +7411,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1498722366"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="33272886" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7432,50 +7470,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422601" w:rsidRPr="007F2E28" w14:paraId="49B3261A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-304774940"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="78796CE4" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7701,179 +7740,253 @@
           <w:p w14:paraId="7FB7AFFA" w14:textId="77777777" w:rsidR="00817BA4" w:rsidRDefault="00817BA4" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00817BA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10/11/2023 - Breath Test Supervisor School (DMT Set Up) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35FE5924" w14:textId="77777777" w:rsidR="00DE40B2" w:rsidRDefault="00DE40B2" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70480B05" w14:textId="77777777" w:rsidR="00817BA4" w:rsidRDefault="00817BA4" w:rsidP="00817BA4">
+          <w:p w14:paraId="70480B05" w14:textId="4BFD0450" w:rsidR="00817BA4" w:rsidRDefault="00817BA4" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00817BA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>04/08/2024-04/12/2024- Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours) </w:t>
+              <w:t>04/08/2024-04/12/2024- Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86029">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 24-1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>, Sitka AK (32 hours) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A564591" w14:textId="77777777" w:rsidR="00DE40B2" w:rsidRPr="00817BA4" w:rsidRDefault="00DE40B2" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20E956F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="00817BA4" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00817BA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>11/05/2024-11/07/2024 - Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13FEF77D" w14:textId="77777777" w:rsidR="00DE40B2" w:rsidRDefault="00DE40B2" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="61D1F690" w14:textId="7B570E12" w:rsidR="00D90A27" w:rsidRPr="007F2E28" w:rsidRDefault="00D90A27" w:rsidP="00817BA4">
+          <w:p w14:paraId="10DAC0AF" w14:textId="2899F1F1" w:rsidR="00D90A27" w:rsidRDefault="00D90A27" w:rsidP="00817BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">05/07/2025-05/09/2025 - </w:t>
             </w:r>
             <w:r w:rsidR="00DE40B2" w:rsidRPr="00817BA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours) </w:t>
+              <w:t>Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86029">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE40B2" w:rsidRPr="00817BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>, Sitka AK (32 hours) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A85A189" w14:textId="77777777" w:rsidR="00A00514" w:rsidRDefault="00A00514" w:rsidP="00817BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61D1F690" w14:textId="5E71FB27" w:rsidR="00A00514" w:rsidRPr="007F2E28" w:rsidRDefault="00A00514" w:rsidP="00817BA4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10/13/2025-10/16/2025 - </w:t>
+            </w:r>
+            <w:r w:rsidR="00F86029" w:rsidRPr="00817BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86029">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25-2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F86029" w:rsidRPr="00817BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>, Sitka AK (32 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27AFC90D" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C" w:rsidP="00D73674">
+    <w:p w14:paraId="327BFA40" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0609B775" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C" w:rsidP="00D73674">
+    <w:p w14:paraId="73B0AB86" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66497A3B" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C">
+    <w:p w14:paraId="33F0072A" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -7886,92 +7999,93 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00D54E09" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -8208,50 +8322,51 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="004657DB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -8260,50 +8375,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -8356,71 +8472,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09B3993C" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C" w:rsidP="00D73674">
+    <w:p w14:paraId="6CFDAA01" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0695C459" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C" w:rsidP="00D73674">
+    <w:p w14:paraId="0F2637DC" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4A47BF9D" w14:textId="77777777" w:rsidR="00C67D0C" w:rsidRDefault="00C67D0C">
+    <w:p w14:paraId="6A29A0C3" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8515,52 +8631,52 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -8615,156 +8731,163 @@
     <w:rsid w:val="004938AF"/>
     <w:rsid w:val="004A7398"/>
     <w:rsid w:val="004B00F9"/>
     <w:rsid w:val="004B3E44"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005138AD"/>
     <w:rsid w:val="00516848"/>
     <w:rsid w:val="005213E8"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005661DD"/>
     <w:rsid w:val="005763C7"/>
     <w:rsid w:val="005D6785"/>
     <w:rsid w:val="005D7127"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006210BA"/>
     <w:rsid w:val="006505A6"/>
     <w:rsid w:val="00651BE7"/>
     <w:rsid w:val="00662822"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00675C49"/>
+    <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006825C5"/>
     <w:rsid w:val="006905DA"/>
     <w:rsid w:val="006A7F4A"/>
     <w:rsid w:val="006C6FEB"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="006F2CE0"/>
     <w:rsid w:val="0072147C"/>
     <w:rsid w:val="00737C28"/>
     <w:rsid w:val="0075329D"/>
+    <w:rsid w:val="00760BEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007755DB"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00795F97"/>
     <w:rsid w:val="00796DF2"/>
     <w:rsid w:val="007A3099"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="007F4DF6"/>
     <w:rsid w:val="00802816"/>
     <w:rsid w:val="00817BA4"/>
     <w:rsid w:val="0082471D"/>
     <w:rsid w:val="00824CF6"/>
     <w:rsid w:val="00834C0B"/>
     <w:rsid w:val="00842FBE"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087083D"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B608C"/>
     <w:rsid w:val="008B6CE3"/>
     <w:rsid w:val="008B76E6"/>
     <w:rsid w:val="008F7445"/>
     <w:rsid w:val="00902E24"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0095115A"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A16BC"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E6350"/>
     <w:rsid w:val="009E6942"/>
+    <w:rsid w:val="00A00514"/>
     <w:rsid w:val="00A113DF"/>
     <w:rsid w:val="00A24500"/>
     <w:rsid w:val="00A35685"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00A97EBA"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B11C04"/>
     <w:rsid w:val="00B17D71"/>
     <w:rsid w:val="00B17E5E"/>
     <w:rsid w:val="00B22B04"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B66F90"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BD504C"/>
     <w:rsid w:val="00BD71A0"/>
     <w:rsid w:val="00BE1464"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF5401"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C072EB"/>
+    <w:rsid w:val="00C43D38"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C51166"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C67D0C"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C752CD"/>
     <w:rsid w:val="00C8513B"/>
     <w:rsid w:val="00C86EED"/>
     <w:rsid w:val="00C931E4"/>
     <w:rsid w:val="00CC01CE"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D25B1B"/>
     <w:rsid w:val="00D25FF5"/>
     <w:rsid w:val="00D360EA"/>
     <w:rsid w:val="00D4376B"/>
+    <w:rsid w:val="00D54E09"/>
     <w:rsid w:val="00D55AB5"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D7030F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D8255D"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D90A27"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD0446"/>
     <w:rsid w:val="00DE40B2"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E73D4D"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA1EC3"/>
     <w:rsid w:val="00EC0CB9"/>
     <w:rsid w:val="00EC4F73"/>
     <w:rsid w:val="00EF0DE2"/>
     <w:rsid w:val="00F50983"/>
     <w:rsid w:val="00F60ED3"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F751AD"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
+    <w:rsid w:val="00F86029"/>
     <w:rsid w:val="00FA5CDC"/>
     <w:rsid w:val="00FB09FB"/>
     <w:rsid w:val="00FC790A"/>
     <w:rsid w:val="00FF4457"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -10257,51 +10380,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -10314,51 +10437,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
@@ -10376,66 +10499,69 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00015B93"/>
     <w:rsid w:val="000714E7"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003565AE"/>
     <w:rsid w:val="00390B33"/>
+    <w:rsid w:val="004249CE"/>
     <w:rsid w:val="005B1798"/>
     <w:rsid w:val="006210BA"/>
+    <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="0075329D"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00902E24"/>
     <w:rsid w:val="00955631"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A17C2"/>
     <w:rsid w:val="009E6942"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B22B04"/>
     <w:rsid w:val="00C931E4"/>
+    <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E07427"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F751AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -11179,93 +11305,110 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -11281,51 +11424,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -11578,132 +11721,125 @@
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">46</Staff_x0020_Member>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20AE5F4C-448F-4F0C-9F7F-F4A575BAA8E3}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B46DB430-6C9F-47A3-839C-AF64DECF2E2A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1322</Words>
-  <Characters>7536</Characters>
+  <Words>1351</Words>
+  <Characters>7702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8841</CharactersWithSpaces>
+  <CharactersWithSpaces>9035</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>