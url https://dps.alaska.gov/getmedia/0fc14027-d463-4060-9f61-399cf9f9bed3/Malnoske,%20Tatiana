--- v1 (2025-11-29)
+++ v2 (2026-02-03)
@@ -58,196 +58,193 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="3042604D" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="54AC5FA2" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004657DB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Tatiana Malnoske</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
-            <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
+            <w:docPart w:val="CB97094B511F4B4EBBA2280899611548"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-10-29T00:00:00Z">
+          <w:date w:fullDate="2026-01-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D54E09">
+          <w:r w:rsidR="009248E5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/29/2025</w:t>
+            <w:t>1/9/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="724067A2" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004657DB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist II</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -304,51 +301,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -390,51 +386,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -500,51 +495,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -586,51 +580,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -660,51 +653,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="6D1ACE71" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -755,51 +747,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="6B571A12" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -838,51 +829,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -924,51 +914,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1229,177 +1218,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1752,91 +1737,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1846,135 +1830,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00834C0B" w:rsidRPr="007F2E28" w14:paraId="45AB7049" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
@@ -2142,66 +2123,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/12/2025-05/16/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00156865" w:rsidRPr="007F2E28" w14:paraId="20E0BCFE" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76382CD0" w14:textId="3B16F606" w:rsidR="00156865" w:rsidRDefault="00156865" w:rsidP="004657DB">
-[...14 lines deleted...]
-              <w:t>Latent Print Examination Training Program</w:t>
+          <w:p w14:paraId="76382CD0" w14:textId="7ECB4C94" w:rsidR="00156865" w:rsidRDefault="00156865" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latent Print Examination Training</w:t>
+            </w:r>
+            <w:r w:rsidR="009248E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="641C297C" w14:textId="309D7EDC" w:rsidR="00156865" w:rsidRDefault="00156865" w:rsidP="004657DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
@@ -2813,77 +2802,68 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/20/2024</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D6785" w:rsidRPr="007F2E28" w14:paraId="52ADC310" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3C201C" w14:textId="7BE27D27" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
+          <w:p w14:paraId="6E3C201C" w14:textId="5845CDCA" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discover Training</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13A8B7C7" w14:textId="3AE846FE" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Foster and Freeman: Cameron Hartwig</w:t>
@@ -4850,51 +4830,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4903,135 +4883,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -5076,224 +5053,220 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004657DB" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -5621,51 +5594,50 @@
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5689,51 +5661,50 @@
               </w:rPr>
               <w:t>Forensic Scientist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5759,51 +5730,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5854,66 +5824,98 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F651" w14:textId="60805705" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA5CDC" w:rsidP="007F2E28">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Analyze and compare latent prints and fingerprints for identification purposes. </w:t>
+          <w:p w14:paraId="61D1F651" w14:textId="186A2AC0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA5CDC" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:r w:rsidR="002330DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> compare</w:t>
+            </w:r>
+            <w:r w:rsidR="002330DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and verify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> latent prints and fingerprints for identification purposes. </w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process physical evidence for latent fingerprint recovery, comparison</w:t>
             </w:r>
             <w:r w:rsidR="005138AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="004938AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -5949,154 +5951,168 @@
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and preservation of evidence items</w:t>
             </w:r>
             <w:r w:rsidR="00675C49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from crime scenes</w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Performing administrative and technical reviews of </w:t>
+              <w:t>. Perform</w:t>
+            </w:r>
+            <w:r w:rsidR="002330DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">administrative and technical reviews of </w:t>
             </w:r>
             <w:r w:rsidR="000A1DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">latent print </w:t>
             </w:r>
             <w:r w:rsidR="004657DB" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reports. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6117,51 +6133,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6184,51 +6199,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2023-October 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6268,153 +6282,167 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F65F" w14:textId="6BE5A7B8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F65F" w14:textId="5B765774" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Process physical evidence for latent fingerprint recovery, comparison and identification. Documenting test results, analysis and findings using LIMS and automated electronic workflows. Digital photography, chemical and physical testing methods for analysis, laboratory equipment and chemical preparation and providing training to law enforcement. Process crime scenes by photographing, taking notes, performing chemical and physical enhancements on impression and biological evidence. Collecting and preservation of evidence items. </w:t>
+              <w:t>Process physical evidence for latent fingerprint recovery, comparison and identification. Documenting test results, analysis and findings using LIMS and automated electronic workflows. Digital photography, chemical and physical testing methods for analysis, laboratory equipment and chemical preparation and providing training to law enforcement. Process crime scenes by photographing, taking notes, performing chemical and physical enhancements on impression and biological evidence. Collecti</w:t>
+            </w:r>
+            <w:r w:rsidR="000D266D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004657DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and preservation of evidence items. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4024"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6435,51 +6463,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Technician I/II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6502,51 +6529,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2021-August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6672,116 +6698,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D54E09" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4024"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6802,51 +6826,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criminal Justice Technician I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6869,51 +6892,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2020-February 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7003,602 +7025,50 @@
               </w:rPr>
               <w:t>Resolved questions regarding incomplete or inaccurate criminal history records. Worked with individuals denied a right or privilege due to potential errors on criminal history records and completed annual audits of records. Researched and resolved record discrepancies and provided technical assistance to department employees, criminal justice agencies, law enforcement agencies, court personnel etc. regarding procedural requirements for correcting information. In addition, I processed fingerprints cards and performed fingerprinting services.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-          </w:p>
-[...550 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="42E8D93A" w:rsidR="007F2E28" w:rsidRPr="009E6350" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
@@ -7906,71 +7376,71 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>, Sitka AK (32 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="327BFA40" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
+    <w:p w14:paraId="7633EE20" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73B0AB86" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
+    <w:p w14:paraId="4D694684" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33F0072A" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE">
+    <w:p w14:paraId="09E83D69" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -8014,78 +7484,77 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00D54E09" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -8322,51 +7791,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="004657DB">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -8375,51 +7843,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -8472,71 +7939,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CFDAA01" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
+    <w:p w14:paraId="426F94D4" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F2637DC" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE" w:rsidP="00D73674">
+    <w:p w14:paraId="0E1B2FBA" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6A29A0C3" w14:textId="77777777" w:rsidR="00760BEE" w:rsidRDefault="00760BEE">
+    <w:p w14:paraId="36AB74E2" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8631,294 +8098,312 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="0002700F"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00052D50"/>
     <w:rsid w:val="00057E9D"/>
     <w:rsid w:val="000773F6"/>
     <w:rsid w:val="000A1DAF"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C571A"/>
+    <w:rsid w:val="000D20B4"/>
+    <w:rsid w:val="000D266D"/>
     <w:rsid w:val="000E33BB"/>
     <w:rsid w:val="000E72B7"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00125237"/>
     <w:rsid w:val="00131C9D"/>
     <w:rsid w:val="00141598"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="00156568"/>
     <w:rsid w:val="00156865"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00192357"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="00207121"/>
+    <w:rsid w:val="002330DB"/>
     <w:rsid w:val="002343CE"/>
+    <w:rsid w:val="00237D99"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00254AC9"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002A53DD"/>
     <w:rsid w:val="002C6C96"/>
     <w:rsid w:val="002D0EC3"/>
     <w:rsid w:val="002F7CA6"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00343EC4"/>
     <w:rsid w:val="00365B68"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003E03C3"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E5B14"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F2B65"/>
+    <w:rsid w:val="00414DDA"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00430908"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004655C4"/>
     <w:rsid w:val="004657DB"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004938AF"/>
     <w:rsid w:val="004A7398"/>
     <w:rsid w:val="004B00F9"/>
     <w:rsid w:val="004B3E44"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005138AD"/>
     <w:rsid w:val="00516848"/>
     <w:rsid w:val="005213E8"/>
     <w:rsid w:val="0054002B"/>
+    <w:rsid w:val="00547DAA"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005661DD"/>
     <w:rsid w:val="005763C7"/>
     <w:rsid w:val="005D6785"/>
     <w:rsid w:val="005D7127"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006210BA"/>
     <w:rsid w:val="006505A6"/>
     <w:rsid w:val="00651BE7"/>
     <w:rsid w:val="00662822"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00675C49"/>
     <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006825C5"/>
     <w:rsid w:val="006905DA"/>
     <w:rsid w:val="006A7F4A"/>
     <w:rsid w:val="006C6FEB"/>
+    <w:rsid w:val="006F162B"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="006F2CE0"/>
     <w:rsid w:val="0072147C"/>
     <w:rsid w:val="00737C28"/>
     <w:rsid w:val="0075329D"/>
     <w:rsid w:val="00760BEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007755DB"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00795F97"/>
     <w:rsid w:val="00796DF2"/>
     <w:rsid w:val="007A3099"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="007F4DF6"/>
     <w:rsid w:val="00802816"/>
+    <w:rsid w:val="008136B0"/>
     <w:rsid w:val="00817BA4"/>
     <w:rsid w:val="0082471D"/>
     <w:rsid w:val="00824CF6"/>
     <w:rsid w:val="00834C0B"/>
+    <w:rsid w:val="00835BD6"/>
     <w:rsid w:val="00842FBE"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087083D"/>
     <w:rsid w:val="00885B62"/>
+    <w:rsid w:val="00897998"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B608C"/>
     <w:rsid w:val="008B6CE3"/>
     <w:rsid w:val="008B76E6"/>
     <w:rsid w:val="008F7445"/>
     <w:rsid w:val="00902E24"/>
+    <w:rsid w:val="009248E5"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0095115A"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A16BC"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E6350"/>
     <w:rsid w:val="009E6942"/>
     <w:rsid w:val="00A00514"/>
     <w:rsid w:val="00A113DF"/>
     <w:rsid w:val="00A24500"/>
     <w:rsid w:val="00A35685"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00A97EBA"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B11C04"/>
     <w:rsid w:val="00B17D71"/>
     <w:rsid w:val="00B17E5E"/>
     <w:rsid w:val="00B22B04"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B66F90"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00B8775D"/>
     <w:rsid w:val="00BD504C"/>
     <w:rsid w:val="00BD71A0"/>
     <w:rsid w:val="00BE1464"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF5401"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C072EB"/>
     <w:rsid w:val="00C43D38"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C51166"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C67D0C"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C752CD"/>
     <w:rsid w:val="00C8513B"/>
     <w:rsid w:val="00C86EED"/>
     <w:rsid w:val="00C931E4"/>
     <w:rsid w:val="00CC01CE"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D25B1B"/>
     <w:rsid w:val="00D25FF5"/>
     <w:rsid w:val="00D360EA"/>
     <w:rsid w:val="00D4376B"/>
     <w:rsid w:val="00D54E09"/>
     <w:rsid w:val="00D55AB5"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D7030F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D8255D"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D90A27"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD0446"/>
+    <w:rsid w:val="00DD50F3"/>
     <w:rsid w:val="00DE40B2"/>
+    <w:rsid w:val="00E058C1"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E73D4D"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA1EC3"/>
     <w:rsid w:val="00EC0CB9"/>
     <w:rsid w:val="00EC4F73"/>
     <w:rsid w:val="00EF0DE2"/>
     <w:rsid w:val="00F50983"/>
     <w:rsid w:val="00F60ED3"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F72C23"/>
+    <w:rsid w:val="00F73032"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F751AD"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F86029"/>
+    <w:rsid w:val="00F948EE"/>
     <w:rsid w:val="00FA5CDC"/>
     <w:rsid w:val="00FB09FB"/>
     <w:rsid w:val="00FC790A"/>
+    <w:rsid w:val="00FF41C6"/>
     <w:rsid w:val="00FF4457"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FE29D6F2-B8A4-4FC5-BF0B-7EBDA62C5D15}"/>
+  <w15:docId w15:val="{3D83994B-C658-4381-9296-CB406D67E11B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10313,102 +9798,102 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C169335-C177-4B21-A481-BE7BAF7C65F8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="93AB9DB35FF74923B91B932B953FDE1710"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="952B834374694389A6673364F7A0291A"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB8563C5-8598-4D81-A6FE-7B97D5C3C49B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CB97094B511F4B4EBBA2280899611548"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{772464E3-DF3C-4BDD-8739-BB4022E159F9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00F9437D" w:rsidRDefault="00000000">
+          <w:pPr>
+            <w:pStyle w:val="CB97094B511F4B4EBBA2280899611548"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00710926">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -10496,98 +9981,104 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00015B93"/>
     <w:rsid w:val="000714E7"/>
     <w:rsid w:val="001B3E0F"/>
+    <w:rsid w:val="001B5CDC"/>
+    <w:rsid w:val="00237D99"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003565AE"/>
     <w:rsid w:val="00390B33"/>
     <w:rsid w:val="004249CE"/>
+    <w:rsid w:val="005929BB"/>
     <w:rsid w:val="005B1798"/>
     <w:rsid w:val="006210BA"/>
     <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="0075329D"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00902E24"/>
     <w:rsid w:val="00955631"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A17C2"/>
     <w:rsid w:val="009E6942"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B22B04"/>
     <w:rsid w:val="00C931E4"/>
     <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E07427"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F751AD"/>
+    <w:rsid w:val="00F9437D"/>
+    <w:rsid w:val="00F948EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="16381210"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10979,82 +10470,86 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D9652B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CA60CAD2B804C25BD3290C00DA2F76B">
     <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
     <w:rsid w:val="00EC1245"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFF970D9731042809536612429883B2E">
     <w:name w:val="CFF970D9731042809536612429883B2E"/>
     <w:rsid w:val="00EC1245"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="93AB9DB35FF74923B91B932B953FDE1710">
     <w:name w:val="93AB9DB35FF74923B91B932B953FDE1710"/>
     <w:rsid w:val="00D9652B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="952B834374694389A6673364F7A0291A10">
-    <w:name w:val="952B834374694389A6673364F7A0291A10"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="570BDA811AD8449FB4DB6EA715ECD20310">
+    <w:name w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
     <w:rsid w:val="00D9652B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="570BDA811AD8449FB4DB6EA715ECD20310">
-[...1 lines deleted...]
-    <w:rsid w:val="00D9652B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB97094B511F4B4EBBA2280899611548">
+    <w:name w:val="CB97094B511F4B4EBBA2280899611548"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -11301,56 +10796,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -11669,177 +11160,192 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">46</Staff_x0020_Member>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2965A7B4-1C04-4A31-9226-62F27F0BB148}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B46DB430-6C9F-47A3-839C-AF64DECF2E2A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1351</Words>
-  <Characters>7702</Characters>
+  <Words>1067</Words>
+  <Characters>7490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>270</Lines>
+  <Paragraphs>169</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9035</CharactersWithSpaces>
+  <CharactersWithSpaces>8494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>