--- v2 (2026-02-03)
+++ v3 (2026-02-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="54AC5FA2" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="42BFD873" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -146,66 +146,84 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="CB97094B511F4B4EBBA2280899611548"/>
           </w:placeholder>
-          <w:date w:fullDate="2026-01-09T00:00:00Z">
+          <w:date w:fullDate="2026-01-27T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="009248E5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1/9/2026</w:t>
+            <w:t>1/</w:t>
+          </w:r>
+          <w:r w:rsidR="00ED645D">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>27</w:t>
+          </w:r>
+          <w:r w:rsidR="009248E5">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="724067A2" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1943,136 +1961,186 @@
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00834C0B" w:rsidRPr="007F2E28" w14:paraId="45AB7049" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A1116C" w14:textId="755E4B1F" w:rsidR="00834C0B" w:rsidRDefault="00834C0B" w:rsidP="004657DB">
-[...22 lines deleted...]
-              <w:t>nt Print Verification Training</w:t>
+          <w:p w14:paraId="68A1116C" w14:textId="15C052C5" w:rsidR="00834C0B" w:rsidRDefault="00A57970" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Palm Prints Searching Smart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06264AFB" w14:textId="244985FC" w:rsidR="00834C0B" w:rsidRDefault="00365B68" w:rsidP="004657DB">
+          <w:p w14:paraId="06264AFB" w14:textId="58D98AA0" w:rsidR="00834C0B" w:rsidRDefault="004054B2" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ron Smith &amp; Associates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0617447F" w14:textId="32E65D12" w:rsidR="00834C0B" w:rsidRDefault="004054B2" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11/2025-01/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00630493" w:rsidRPr="007F2E28" w14:paraId="49D0BE55" w14:textId="77777777" w:rsidTr="004657DB">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D78B98F" w14:textId="54D79272" w:rsidR="00630493" w:rsidRDefault="00630493" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latent Print Verification Training</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B73979C" w14:textId="568DD246" w:rsidR="00630493" w:rsidRDefault="00630493" w:rsidP="004657DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0617447F" w14:textId="239312EA" w:rsidR="00834C0B" w:rsidRDefault="00365B68" w:rsidP="004657DB">
-[...30 lines deleted...]
-              <w:t>07/23/2025</w:t>
+          <w:p w14:paraId="1C8C34C2" w14:textId="49FB5218" w:rsidR="00630493" w:rsidRDefault="00630493" w:rsidP="004657DB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>07/21/2025-07/23/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004657DB" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FA" w14:textId="7B2AAED3" w:rsidR="004657DB" w:rsidRPr="007F2E28" w:rsidRDefault="00156865" w:rsidP="004657DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -3238,50 +3306,51 @@
       <w:tr w:rsidR="005D6785" w:rsidRPr="007F2E28" w14:paraId="4A7800AA" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B438B78" w14:textId="08FDE027" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Observed Effect of Using Recover Latent Fingerprint (LFT) on Cartridge Case Tool Marks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="394A326B" w14:textId="0E8CEDE5" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3345,51 +3414,50 @@
       <w:tr w:rsidR="005D6785" w:rsidRPr="007F2E28" w14:paraId="3B440470" w14:textId="77777777" w:rsidTr="004657DB">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34E81E44" w14:textId="2B2BF2B8" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Crime Scene Processing Training Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47DDD844" w14:textId="465CF661" w:rsidR="005D6785" w:rsidRDefault="005D6785" w:rsidP="005D6785">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6617,51 +6685,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="35DDC447" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004657DB" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7376,71 +7443,71 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>, Sitka AK (32 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7633EE20" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
+    <w:p w14:paraId="2491AD06" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D694684" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
+    <w:p w14:paraId="4EFF6DFD" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="09E83D69" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4">
+    <w:p w14:paraId="73D3F4EF" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -7939,71 +8006,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="426F94D4" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
+    <w:p w14:paraId="269D9328" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E1B2FBA" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4" w:rsidP="00D73674">
+    <w:p w14:paraId="0FD021DF" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="36AB74E2" w14:textId="77777777" w:rsidR="000D20B4" w:rsidRDefault="000D20B4">
+    <w:p w14:paraId="0438464D" w14:textId="77777777" w:rsidR="000F6565" w:rsidRDefault="000F6565">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8098,312 +8165,324 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="0002700F"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00052D50"/>
     <w:rsid w:val="00057E9D"/>
     <w:rsid w:val="000773F6"/>
     <w:rsid w:val="000A1DAF"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C571A"/>
     <w:rsid w:val="000D20B4"/>
     <w:rsid w:val="000D266D"/>
     <w:rsid w:val="000E33BB"/>
     <w:rsid w:val="000E72B7"/>
+    <w:rsid w:val="000F6565"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00125237"/>
     <w:rsid w:val="00131C9D"/>
     <w:rsid w:val="00141598"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="00156568"/>
     <w:rsid w:val="00156865"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00192357"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002330DB"/>
     <w:rsid w:val="002343CE"/>
+    <w:rsid w:val="002378CA"/>
     <w:rsid w:val="00237D99"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00254AC9"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002A53DD"/>
     <w:rsid w:val="002C6C96"/>
     <w:rsid w:val="002D0EC3"/>
     <w:rsid w:val="002F7CA6"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00343EC4"/>
     <w:rsid w:val="00365B68"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E03C3"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E5B14"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F2B65"/>
+    <w:rsid w:val="004054B2"/>
     <w:rsid w:val="00414DDA"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00430908"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004655C4"/>
     <w:rsid w:val="004657DB"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004938AF"/>
     <w:rsid w:val="004A7398"/>
     <w:rsid w:val="004B00F9"/>
     <w:rsid w:val="004B3E44"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005138AD"/>
     <w:rsid w:val="00516848"/>
     <w:rsid w:val="005213E8"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00547DAA"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005661DD"/>
     <w:rsid w:val="005763C7"/>
     <w:rsid w:val="005D6785"/>
     <w:rsid w:val="005D7127"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006210BA"/>
+    <w:rsid w:val="00630493"/>
     <w:rsid w:val="006505A6"/>
     <w:rsid w:val="00651BE7"/>
     <w:rsid w:val="00662822"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00675C49"/>
     <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006825C5"/>
     <w:rsid w:val="006905DA"/>
     <w:rsid w:val="006A7F4A"/>
     <w:rsid w:val="006C6FEB"/>
     <w:rsid w:val="006F162B"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="006F2CE0"/>
     <w:rsid w:val="0072147C"/>
     <w:rsid w:val="00737C28"/>
     <w:rsid w:val="0075329D"/>
     <w:rsid w:val="00760BEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007755DB"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00795F97"/>
     <w:rsid w:val="00796DF2"/>
     <w:rsid w:val="007A3099"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="007F4DF6"/>
     <w:rsid w:val="00802816"/>
     <w:rsid w:val="008136B0"/>
     <w:rsid w:val="00817BA4"/>
     <w:rsid w:val="0082471D"/>
     <w:rsid w:val="00824CF6"/>
     <w:rsid w:val="00834C0B"/>
     <w:rsid w:val="00835BD6"/>
     <w:rsid w:val="00842FBE"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087083D"/>
+    <w:rsid w:val="008758ED"/>
     <w:rsid w:val="00885B62"/>
+    <w:rsid w:val="00892F07"/>
     <w:rsid w:val="00897998"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B608C"/>
     <w:rsid w:val="008B6CE3"/>
     <w:rsid w:val="008B76E6"/>
     <w:rsid w:val="008F7445"/>
     <w:rsid w:val="00902E24"/>
     <w:rsid w:val="009248E5"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0095115A"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A16BC"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E6350"/>
     <w:rsid w:val="009E6942"/>
     <w:rsid w:val="00A00514"/>
     <w:rsid w:val="00A113DF"/>
     <w:rsid w:val="00A24500"/>
     <w:rsid w:val="00A35685"/>
     <w:rsid w:val="00A45B52"/>
+    <w:rsid w:val="00A57970"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00A97EBA"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B11C04"/>
     <w:rsid w:val="00B17D71"/>
     <w:rsid w:val="00B17E5E"/>
     <w:rsid w:val="00B22B04"/>
+    <w:rsid w:val="00B505BF"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B66F90"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B8775D"/>
     <w:rsid w:val="00BD504C"/>
     <w:rsid w:val="00BD71A0"/>
     <w:rsid w:val="00BE1464"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF5401"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C072EB"/>
     <w:rsid w:val="00C43D38"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C51166"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C67D0C"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C752CD"/>
     <w:rsid w:val="00C8513B"/>
     <w:rsid w:val="00C86EED"/>
     <w:rsid w:val="00C931E4"/>
     <w:rsid w:val="00CC01CE"/>
+    <w:rsid w:val="00CD2C4F"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D25B1B"/>
     <w:rsid w:val="00D25FF5"/>
     <w:rsid w:val="00D360EA"/>
     <w:rsid w:val="00D4376B"/>
     <w:rsid w:val="00D54E09"/>
     <w:rsid w:val="00D55AB5"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D7030F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D8255D"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D90A27"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD0446"/>
     <w:rsid w:val="00DD50F3"/>
     <w:rsid w:val="00DE40B2"/>
+    <w:rsid w:val="00DF3F92"/>
     <w:rsid w:val="00E058C1"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E73D4D"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA1EC3"/>
     <w:rsid w:val="00EC0CB9"/>
     <w:rsid w:val="00EC4F73"/>
+    <w:rsid w:val="00ED645D"/>
+    <w:rsid w:val="00ED7FD0"/>
     <w:rsid w:val="00EF0DE2"/>
     <w:rsid w:val="00F50983"/>
     <w:rsid w:val="00F60ED3"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F73032"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F751AD"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F86029"/>
     <w:rsid w:val="00F948EE"/>
     <w:rsid w:val="00FA5CDC"/>
     <w:rsid w:val="00FB09FB"/>
     <w:rsid w:val="00FC790A"/>
     <w:rsid w:val="00FF41C6"/>
     <w:rsid w:val="00FF4457"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3D83994B-C658-4381-9296-CB406D67E11B}"/>
+  <w15:docId w15:val="{80183FE6-0441-4D2F-B25B-687BFC91A85C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9841,51 +9920,51 @@
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB97094B511F4B4EBBA2280899611548"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{772464E3-DF3C-4BDD-8739-BB4022E159F9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F9437D" w:rsidRDefault="00000000">
+        <w:p w:rsidR="00F9437D" w:rsidRDefault="00C94A55">
           <w:pPr>
             <w:pStyle w:val="CB97094B511F4B4EBBA2280899611548"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9993,67 +10072,71 @@
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00015B93"/>
     <w:rsid w:val="000714E7"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001B5CDC"/>
     <w:rsid w:val="00237D99"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003565AE"/>
     <w:rsid w:val="00390B33"/>
     <w:rsid w:val="004249CE"/>
     <w:rsid w:val="005929BB"/>
     <w:rsid w:val="005B1798"/>
     <w:rsid w:val="006210BA"/>
     <w:rsid w:val="006773BE"/>
     <w:rsid w:val="006F2438"/>
     <w:rsid w:val="0075329D"/>
+    <w:rsid w:val="008A5499"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00902E24"/>
     <w:rsid w:val="00955631"/>
     <w:rsid w:val="00967707"/>
     <w:rsid w:val="009A17C2"/>
     <w:rsid w:val="009E6942"/>
     <w:rsid w:val="00A92532"/>
     <w:rsid w:val="00AC1F23"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B22B04"/>
     <w:rsid w:val="00C931E4"/>
+    <w:rsid w:val="00C94A55"/>
+    <w:rsid w:val="00CD2C4F"/>
     <w:rsid w:val="00D01D44"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D862CD"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00DF3F92"/>
     <w:rsid w:val="00E07427"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F62B49"/>
     <w:rsid w:val="00F751AD"/>
     <w:rsid w:val="00F9437D"/>
     <w:rsid w:val="00F948EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="16381210"/>
@@ -10796,52 +10879,101 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">46</Staff_x0020_Member>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -11160,192 +11292,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...47 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2965A7B4-1C04-4A31-9226-62F27F0BB148}">
-[...19 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96268E8C-AC82-470A-BCBB-BE86EF24EBD7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1067</Words>
-  <Characters>7490</Characters>
+  <Words>1076</Words>
+  <Characters>7549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>270</Lines>
-  <Paragraphs>169</Paragraphs>
+  <Lines>273</Lines>
+  <Paragraphs>172</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8494</CharactersWithSpaces>
+  <CharactersWithSpaces>8559</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>