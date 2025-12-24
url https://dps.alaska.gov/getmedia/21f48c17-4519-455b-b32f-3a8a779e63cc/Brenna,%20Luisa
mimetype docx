--- v0 (2025-10-07)
+++ v1 (2025-12-24)
@@ -58,89 +58,90 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="0819AD17" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="56BE44A5">
+    <w:p w14:paraId="61D1F5B4" w14:textId="6AA85A4E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="56BE44A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00671B58" w:rsidRPr="56BE44A5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Luisa Brenna</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -180,109 +181,111 @@
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ast Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-08-07T00:00:00Z">
+          <w:date w:fullDate="2025-11-20T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0051750D">
+          <w:r w:rsidR="00264334">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>8/7/2025</w:t>
+            <w:t>11/20/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="7E600DB6" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="56BE44A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="2AF6FBFD" w:rsidRPr="56BE44A5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Identification </w:t>
           </w:r>
           <w:r w:rsidR="00671B58" w:rsidRPr="56BE44A5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Technician (Latent Print </w:t>
           </w:r>
           <w:r w:rsidR="64D9EA45" w:rsidRPr="56BE44A5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
@@ -370,50 +373,51 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="7DA6504D">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -455,50 +459,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -564,50 +569,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="7DA6504D">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -649,50 +655,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -722,50 +729,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="7DA6504D">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="036CDA82" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00671B58" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -816,50 +824,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -898,50 +907,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="7DA6504D">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -983,50 +993,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0286A84A" w14:textId="40194F05" w:rsidR="72221163" w:rsidRDefault="72221163" w:rsidP="00304210">
                 <w:pPr>
                   <w:jc w:val="center"/>
                 </w:pPr>
                 <w:r w:rsidRPr="7DA6504D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1851E376" w14:textId="173A0FD0" w:rsidR="00561A1A" w:rsidRDefault="00561A1A" w:rsidP="00561A1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -1167,68 +1178,68 @@
               <w:t>, Footwear Intelligence</w:t>
             </w:r>
             <w:r w:rsidR="00B73A1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Footwear Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="61D1F5D3" w14:textId="6E8C47FF" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t xml:space="preserve">Education: </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
@@ -1257,173 +1268,177 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671B58" w:rsidRPr="007F2E28" w14:paraId="61D1F5E3" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -1710,90 +1725,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1803,1299 +1819,1545 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="00723392">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="48C4BA34" w14:textId="77777777" w:rsidR="76B20CEC" w:rsidRDefault="76B20CEC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="30CB7FDF" w14:textId="77777777" w:rsidR="76B20CEC" w:rsidRDefault="76B20CEC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="416FEE3C" w14:textId="77777777" w:rsidR="76B20CEC" w:rsidRDefault="76B20CEC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051750D" w14:paraId="2958BD0E" w14:textId="77777777" w:rsidTr="00723392">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="620CB065" w14:textId="1C1C44FF" w:rsidR="0051750D" w:rsidRDefault="005C725D" w:rsidP="008968A2">
+          </w:tcPr>
+          <w:p w14:paraId="620CB065" w14:textId="5ABEA2E9" w:rsidR="0051750D" w:rsidRDefault="00BF3EAF" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>Expert Witness Testimony for Friction Ridge Examiners (6hrs)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD7FD64" w14:textId="2D24DE59" w:rsidR="0051750D" w:rsidRDefault="00232A9D" w:rsidP="008968A2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TriTech Forensics – Alicia McCarthy</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (online)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4820B1FB" w14:textId="7C9083F5" w:rsidR="0051750D" w:rsidRDefault="004456A1" w:rsidP="008968A2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nov. 17, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008623FD" w14:paraId="21939AFA" w14:textId="77777777" w:rsidTr="00723392">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7330228E" w14:textId="404FC922" w:rsidR="008623FD" w:rsidRDefault="008623FD" w:rsidP="008968A2">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>The Trouble with Exclusions (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1BD7FD64" w14:textId="7789D762" w:rsidR="0051750D" w:rsidRDefault="005C725D" w:rsidP="008968A2">
+          </w:tcPr>
+          <w:p w14:paraId="18AAA995" w14:textId="0308CE87" w:rsidR="008623FD" w:rsidRDefault="008623FD" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Evolve Forensics (online)</w:t>
+              <w:t>Evolve Forensics</w:t>
+            </w:r>
+            <w:r w:rsidR="00232A9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Alice White</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (online)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4820B1FB" w14:textId="061F0505" w:rsidR="0051750D" w:rsidRDefault="005C725D" w:rsidP="008968A2">
+          </w:tcPr>
+          <w:p w14:paraId="663886AD" w14:textId="6C7C77D2" w:rsidR="008623FD" w:rsidRDefault="008623FD" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aug. 6, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F10FCF" w14:paraId="5A9440FB" w14:textId="77777777" w:rsidTr="00723392">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25781485" w14:textId="6319CCCA" w:rsidR="00F10FCF" w:rsidRDefault="00723392" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Just Swab It</w:t>
             </w:r>
             <w:r w:rsidR="006A6757">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Biological Evidence Recovery</w:t>
             </w:r>
             <w:r w:rsidR="002E2705">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (8hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AB7E80B" w14:textId="5C428041" w:rsidR="00F10FCF" w:rsidRDefault="006A6757" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Uncover Forensics </w:t>
             </w:r>
             <w:r w:rsidR="002E2705">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002E2705">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sarah Voeller (online)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C4DAA8A" w14:textId="199F99BE" w:rsidR="00F10FCF" w:rsidRDefault="002E2705" w:rsidP="008968A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 28, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="513DA385" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="426F0E5B" w14:textId="7E1EF2AD" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How to Prepare for a Daubert Hearing (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39868C01" w14:textId="6993978C" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="39868C01" w14:textId="106F72D6" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Evolve Forensics / Elite Forensic Services – Glenn Langenburg (Online)</w:t>
+              <w:t>Evolve Forensics / Elite Forensic Services – Glenn Langenburg (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79B5DF1F" w14:textId="5BADC780" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 22, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="2DBE51F7" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D753CF6" w14:textId="6CB0BC73" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fingerprint Testimony – The Difficult Questions (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05B071C0" w14:textId="78AA8EC4" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="05B071C0" w14:textId="5C2A4A0C" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Uncover Forensics – Brianne Breedlove (Online)</w:t>
+              <w:t>Uncover Forensics – Brianne Breedlove (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D08980F" w14:textId="42F32E79" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oct. 17, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="404FB03E" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78F43205" w14:textId="5DFDE622" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tonal Transitions: Causes and Visual Effects (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B2FD26A" w14:textId="1DB3BEFF" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="4B2FD26A" w14:textId="6CC06612" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Evolve Forensics – Alice White (Online)</w:t>
+              <w:t>Evolve Forensics – Alice White (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04A81C3B" w14:textId="542E1678" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Feb. 27, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="773DAFA0" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B142C97" w14:textId="0F81BEDA" w:rsidR="00723392" w:rsidRPr="76B20CEC" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advanced Fingerprint Distortion (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FFF71E7" w14:textId="18F9CF00" w:rsidR="00723392" w:rsidRPr="76B20CEC" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="0FFF71E7" w14:textId="4903B4AC" w:rsidR="00723392" w:rsidRPr="76B20CEC" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Evolve Forensics – Alice White (Online)</w:t>
+              <w:t>Evolve Forensics – Alice White (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C1649D" w14:textId="73610BD6" w:rsidR="00723392" w:rsidRPr="76B20CEC" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Feb. 15, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="77400A88" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4382015F" w14:textId="011FB6F7" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27FDED92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advanced Photoshop Training (8hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6564A74C" w14:textId="6AC80C7C" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="6564A74C" w14:textId="0F885782" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27FDED92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Delta Forensics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Online)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="409E8D12" w14:textId="2C8A4E0C" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27FDED92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jan. 16, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="19AD227D" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BD706C5" w14:textId="04ABF02B" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7DA6504D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Basic Photoshop Training (8hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6183FFBF" w14:textId="230D5E5B" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="6183FFBF" w14:textId="022A1697" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7DA6504D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Delta Forensics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Online)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="014CAD3C" w14:textId="452CF382" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7DA6504D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dec. 4, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="17CDE0F8" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="418B86DB" w14:textId="2F2F8A0D" w:rsidR="00723392" w:rsidRPr="7DA6504D" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Implementing the Expanded OSAC Conclusion Scale (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="20C146E4" w14:textId="5FA2BE46" w:rsidR="00723392" w:rsidRPr="7DA6504D" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="20C146E4" w14:textId="63B363EF" w:rsidR="00723392" w:rsidRPr="7DA6504D" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Evolve Forensics – Glenn Langenburg (Online)</w:t>
+              <w:t>Evolve Forensics – Glenn Langenburg (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31C96FAC" w14:textId="10873A9C" w:rsidR="00723392" w:rsidRPr="7DA6504D" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nov. 29, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="6BAB9DDE" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D64AFE7" w14:textId="1A7729E5" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ethics, Impartiality and Confidentiality</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7529ECC4" w14:textId="2EF1090F" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="56BE44A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="56BE44A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38EF0DD5" w14:textId="0BF2AE43" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 10, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="6ABA4448" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7348DA14" w14:textId="685E13DE" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Root Cause Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (6hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A960DA" w14:textId="35CC7457" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="56BE44A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="56BE44A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA0D0AB" w14:textId="31FBDBF6" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 9, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="14ADCF74" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D979B6E" w14:textId="747E30C1" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Error Rates, Human Factors, &amp; Quality Management Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3FC68D60" w14:textId="44C9E52F" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="3FC68D60" w14:textId="3D21A80D" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evolve Forensics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Alice White (Online)</w:t>
+              <w:t xml:space="preserve"> Alice White (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="56BE44A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22F68F28" w14:textId="36DD002C" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="56BE44A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>March 28, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w14:paraId="3CAFF590" w14:textId="77777777" w:rsidTr="006F19BA">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04DA04E9" w14:textId="1769FF14" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="76B20CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Basic Fingerprint Distortion - (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30DCA172" w14:textId="61C862CF" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
+          </w:tcPr>
+          <w:p w14:paraId="30DCA172" w14:textId="4FEF5017" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="76B20CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evolve Forensics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="76B20CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="76B20CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(Online)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="76B20CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EEF09EF" w14:textId="64CF820A" w:rsidR="00723392" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="76B20CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>March 15, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="27FDED92">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
@@ -3104,66 +3366,82 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FE" w14:textId="484804C7" w:rsidR="00723392" w:rsidRPr="007D7789" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7789">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Latent Print Processing Testimony – (4hrs)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5FF" w14:textId="4222B349" w:rsidR="00723392" w:rsidRPr="007F2E28" w:rsidRDefault="00723392" w:rsidP="00723392">
+          <w:p w14:paraId="61D1F5FF" w14:textId="7BB6A1E9" w:rsidR="00723392" w:rsidRPr="007F2E28" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7789">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Delta Forensics - Andrew Reitnauer (Online)</w:t>
+              <w:t>Delta Forensics - Andrew Reitnauer (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D7789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F600" w14:textId="15DE20CA" w:rsidR="00723392" w:rsidRPr="007F2E28" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7789">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nov. 2, 2022</w:t>
             </w:r>
           </w:p>
@@ -3626,74 +3904,108 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723392" w:rsidRPr="007F2E28" w14:paraId="4130C686" w14:textId="77777777" w:rsidTr="27FDED92">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F5688F1" w14:textId="073CE909" w:rsidR="00723392" w:rsidRPr="1CA89C3B" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CA89C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Footwear Evidence Conclusions: A Discussion of Standards, Recommendations, &amp; Structure (1 hr)</w:t>
+              <w:t xml:space="preserve">Footwear Evidence Conclusions: A Discussion of Standards, Recommendations, &amp; Structure (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1CA89C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="1CA89C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D0362E" w14:textId="46C4B664" w:rsidR="00723392" w:rsidRPr="1CA89C3B" w:rsidRDefault="00723392" w:rsidP="00723392">
+          <w:p w14:paraId="55D0362E" w14:textId="2EC95F33" w:rsidR="00723392" w:rsidRPr="1CA89C3B" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CA89C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>National Institute of Justice (Online)</w:t>
+              <w:t>National Institute of Justice (</w:t>
+            </w:r>
+            <w:r w:rsidR="004456A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1CA89C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nline)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FBB5821" w14:textId="0395F60B" w:rsidR="00723392" w:rsidRPr="1CA89C3B" w:rsidRDefault="00723392" w:rsidP="00723392">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CA89C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sept. 30, 2021</w:t>
             </w:r>
           </w:p>
@@ -3737,51 +4049,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3790,132 +4102,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -4058,220 +4373,224 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671B58" w:rsidRPr="007F2E28" w14:paraId="61D1F63B" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -4333,75 +4652,93 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CA89C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="61D1F645" w14:textId="13B74783" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:r w:rsidR="00264334" w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00264334" w:rsidRPr="00264334">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>List</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2792FB49" w14:textId="77777777" w:rsidR="00F9738B" w:rsidRDefault="00F9738B" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -4427,50 +4764,51 @@
         <w:gridCol w:w="4027"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3427"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F9738B" w:rsidRPr="007F2E28" w14:paraId="49A80F93" w14:textId="77777777" w:rsidTr="00317408">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1026101726"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="FF26FA35BD694FE9985D503F755EDEE5"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="50C944BD" w14:textId="77777777" w:rsidR="00F9738B" w:rsidRPr="007F2E28" w:rsidRDefault="00F9738B" w:rsidP="00317408">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4518,50 +4856,51 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-267313284"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="FF26FA35BD694FE9985D503F755EDEE5"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="5994C09D" w14:textId="77777777" w:rsidR="00F9738B" w:rsidRPr="007F2E28" w:rsidRDefault="00F9738B" w:rsidP="00317408">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4603,50 +4942,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F9738B" w:rsidRPr="007F2E28" w14:paraId="71C61A6E" w14:textId="77777777" w:rsidTr="00317408">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="851765975"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="FB3BFCED21294F4BB405B1D033CA384E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4F6A5D3B" w14:textId="77777777" w:rsidR="00F9738B" w:rsidRPr="007F2E28" w:rsidRDefault="00F9738B" w:rsidP="00317408">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4859,70 +5199,90 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Search questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6AA7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6AA7">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10BE48EC" w14:textId="77777777" w:rsidR="009D6AA7" w:rsidRPr="009D6AA7" w:rsidRDefault="009D6AA7" w:rsidP="009D6AA7">
+          <w:p w14:paraId="10BE48EC" w14:textId="0871ADCF" w:rsidR="009D6AA7" w:rsidRPr="009D6AA7" w:rsidRDefault="009D6AA7" w:rsidP="009D6AA7">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6AA7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Footwear Processing: Process footwear evidence using various processing techniques and searching questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
+              <w:t xml:space="preserve">Footwear Processing: Process footwear evidence using various processing techniques and </w:t>
+            </w:r>
+            <w:r w:rsidR="00264334" w:rsidRPr="009D6AA7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>searching for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6AA7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6AA7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6AA7">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68BCD72C" w14:textId="6F003F0D" w:rsidR="00F9738B" w:rsidRPr="007F2E28" w:rsidRDefault="00F9738B" w:rsidP="00317408">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4975,50 +5335,51 @@
         <w:gridCol w:w="4027"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3427"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00671B58">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5066,50 +5427,51 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5143,50 +5505,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671B58" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00671B58">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="F38D25FCC6284AAC975DF2A024912194"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="00671B58" w:rsidRPr="007F2E28" w:rsidRDefault="00671B58" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5279,114 +5642,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>presence of latent friction ridge detail using physical, chemical, and photographic techniques.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4028"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3424"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5407,50 +5772,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evidence Technician</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5473,50 +5839,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2020 - 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5545,162 +5912,165 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F65D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F65F" w14:textId="00409772" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00671B58" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1CA89C3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Intake, store, dispose, and maintain an accurate chain of custody for all submitted evidence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4029"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3424"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00C031F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5721,50 +6091,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Autopsy Technician</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5819,50 +6190,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00C031F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5939,262 +6311,295 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Perform external and internal postmortem examinations on deceased individuals.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5DA7A8D2" w14:textId="77777777" w:rsidR="00C031F9" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="5DA7A8D2" w14:textId="77777777" w:rsidR="00C031F9" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="61D1F68D" w14:textId="2CB95968" w:rsidR="007F2E28" w:rsidRPr="00C031F9" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="61D1F68D" w14:textId="46C54180" w:rsidR="007F2E28" w:rsidRPr="00C031F9" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00264334" w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00264334" w:rsidRPr="00264334">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>List</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="00DD058F">
-[...2 lines deleted...]
-            <w:tcW w:w="9576" w:type="dxa"/>
+      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="00413441">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03A86007" w14:textId="54A1A926" w:rsidR="0008464B" w:rsidRDefault="009E608E" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30F75B67" w14:textId="77777777" w:rsidR="009E608E" w:rsidRDefault="009E608E" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="61D1F690" w14:textId="7704867D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0008464B" w:rsidP="00F7381B">
+          <w:p w14:paraId="4BA59B93" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="00413441" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>March 6, 2024 – Crime Scene Training: Footwear Processing. Anchorage Police Department, State Crime Detection Laboratory Anchorage AK (4 hours)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="61D1F690" w14:textId="2B0639FC" w:rsidR="00413441" w:rsidRPr="00305D7C" w:rsidRDefault="00413441" w:rsidP="00F7381B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
@@ -6274,77 +6679,78 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00A06F46" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -6581,50 +6987,51 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00671B58">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -6633,50 +7040,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -6881,196 +7289,209 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="0001616F"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00053F41"/>
     <w:rsid w:val="00057E40"/>
     <w:rsid w:val="00063C40"/>
     <w:rsid w:val="0008464B"/>
     <w:rsid w:val="00097E2D"/>
     <w:rsid w:val="000C35AB"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000F0BA2"/>
+    <w:rsid w:val="000F1F51"/>
     <w:rsid w:val="00102E94"/>
     <w:rsid w:val="00117751"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001779D0"/>
     <w:rsid w:val="0018117C"/>
     <w:rsid w:val="00197D3E"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B1BA8"/>
+    <w:rsid w:val="001B48DC"/>
     <w:rsid w:val="001D6764"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002208A0"/>
+    <w:rsid w:val="00232A9D"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
+    <w:rsid w:val="00264334"/>
     <w:rsid w:val="00275B1F"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="0029239C"/>
     <w:rsid w:val="002944AB"/>
+    <w:rsid w:val="002B0FEA"/>
     <w:rsid w:val="002C47D0"/>
     <w:rsid w:val="002E2705"/>
     <w:rsid w:val="00304210"/>
+    <w:rsid w:val="00305D7C"/>
     <w:rsid w:val="00306CDC"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00351789"/>
     <w:rsid w:val="003822DA"/>
     <w:rsid w:val="003C0EDB"/>
     <w:rsid w:val="003C2D36"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D5422"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="00413441"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="0042389B"/>
+    <w:rsid w:val="004456A1"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004834A1"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A668A"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0051750D"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005B45CF"/>
     <w:rsid w:val="005C725D"/>
     <w:rsid w:val="005F562C"/>
     <w:rsid w:val="00602CD9"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00625F4B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="00671B58"/>
     <w:rsid w:val="006739AB"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A6757"/>
     <w:rsid w:val="006F19BA"/>
     <w:rsid w:val="007210CC"/>
     <w:rsid w:val="007232EB"/>
     <w:rsid w:val="00723392"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00782D1B"/>
     <w:rsid w:val="00792461"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007D7789"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00802A77"/>
     <w:rsid w:val="00842092"/>
+    <w:rsid w:val="008623FD"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00955D3E"/>
     <w:rsid w:val="009574D3"/>
     <w:rsid w:val="0098041C"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009A4AF5"/>
     <w:rsid w:val="009D6AA7"/>
     <w:rsid w:val="009E608E"/>
     <w:rsid w:val="009F5268"/>
+    <w:rsid w:val="00A06F46"/>
     <w:rsid w:val="00A158F4"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A830FC"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB04B6"/>
     <w:rsid w:val="00B419A3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B73A1C"/>
     <w:rsid w:val="00BB0DCC"/>
     <w:rsid w:val="00BC4619"/>
+    <w:rsid w:val="00BF3EAF"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C031F9"/>
     <w:rsid w:val="00C113B5"/>
     <w:rsid w:val="00C464F8"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C61774"/>
     <w:rsid w:val="00C65ECF"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CD042E"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D3729E"/>
     <w:rsid w:val="00D373CC"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D86E67"/>
     <w:rsid w:val="00DA06B4"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DC24D4"/>
     <w:rsid w:val="00DF1F9D"/>
     <w:rsid w:val="00E0381D"/>
     <w:rsid w:val="00E2125B"/>
     <w:rsid w:val="00E45DAE"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00F10FCF"/>
     <w:rsid w:val="00F42AD3"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9123A"/>
     <w:rsid w:val="00F9738B"/>
     <w:rsid w:val="00FA7E58"/>
     <w:rsid w:val="00FD32F5"/>
     <w:rsid w:val="00FE4178"/>
@@ -8075,50 +8496,51 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00113649"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0029239C"/>
     <w:rsid w:val="00351789"/>
     <w:rsid w:val="00624790"/>
     <w:rsid w:val="00681D43"/>
     <w:rsid w:val="00842092"/>
     <w:rsid w:val="008565F4"/>
     <w:rsid w:val="00876FFE"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="0092158F"/>
     <w:rsid w:val="00942172"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BF2E86"/>
+    <w:rsid w:val="00D3729E"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D86E67"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E0381D"/>
     <w:rsid w:val="00E2125B"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FA7E58"/>
     <w:rsid w:val="00FE4178"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -8890,93 +9312,179 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">56</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <UserInfo>
+        <DisplayName>Brenna, Luisa M (DPS sponsored)</DisplayName>
+        <AccountId>1682</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8992,51 +9500,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -9237,180 +9745,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D1ED46-4B16-40F7-97D2-38C0F8236304}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...50 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19E5D721-EA44-48E7-853C-48039914A555}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9799A3F9-FB67-4EA8-9A06-E71F43075E5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>946</Words>
-  <Characters>5397</Characters>
+  <Words>967</Words>
+  <Characters>5515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
+  <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6331</CharactersWithSpaces>
+  <CharactersWithSpaces>6470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>