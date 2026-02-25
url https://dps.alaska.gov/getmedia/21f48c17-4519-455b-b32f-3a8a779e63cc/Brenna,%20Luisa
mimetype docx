--- v1 (2025-12-24)
+++ v2 (2026-02-25)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="6AA85A4E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="56BE44A5">
+    <w:p w14:paraId="61D1F5B4" w14:textId="621BAD1E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="56BE44A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -181,68 +181,68 @@
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ast Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-20T00:00:00Z">
+          <w:date w:fullDate="2026-02-02T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00264334">
+          <w:r w:rsidR="00385C73">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/20/2025</w:t>
+            <w:t>2/2/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="7E600DB6" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="56BE44A5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="56BE44A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1765,51 +1765,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -4049,51 +4049,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4412,51 +4412,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5656,51 +5656,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5975,51 +5975,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6325,95 +6325,95 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="5DA7A8D2" w14:textId="77777777" w:rsidR="00C031F9" w:rsidRDefault="00A06F46" w:rsidP="007F2E28">
+        <w:p w14:paraId="5DA7A8D2" w14:textId="77777777" w:rsidR="00C031F9" w:rsidRDefault="009A3F35" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F68D" w14:textId="46C54180" w:rsidR="007F2E28" w:rsidRPr="00C031F9" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
@@ -6679,51 +6679,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00A06F46" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="009A3F35" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -7290,51 +7290,51 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
@@ -7353,58 +7353,60 @@
     <w:rsid w:val="00117751"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001779D0"/>
     <w:rsid w:val="0018117C"/>
     <w:rsid w:val="00197D3E"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B1BA8"/>
     <w:rsid w:val="001B48DC"/>
     <w:rsid w:val="001D6764"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002208A0"/>
     <w:rsid w:val="00232A9D"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00264334"/>
     <w:rsid w:val="00275B1F"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="0029239C"/>
     <w:rsid w:val="002944AB"/>
     <w:rsid w:val="002B0FEA"/>
+    <w:rsid w:val="002B6BCD"/>
     <w:rsid w:val="002C47D0"/>
     <w:rsid w:val="002E2705"/>
     <w:rsid w:val="00304210"/>
     <w:rsid w:val="00305D7C"/>
     <w:rsid w:val="00306CDC"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00351789"/>
     <w:rsid w:val="003822DA"/>
+    <w:rsid w:val="00385C73"/>
     <w:rsid w:val="003C0EDB"/>
     <w:rsid w:val="003C2D36"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D5422"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00413441"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="0042389B"/>
     <w:rsid w:val="004456A1"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004834A1"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A668A"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0051750D"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005B45CF"/>
     <w:rsid w:val="005C725D"/>
     <w:rsid w:val="005F562C"/>
     <w:rsid w:val="00602CD9"/>
     <w:rsid w:val="006156A0"/>
@@ -7415,50 +7417,51 @@
     <w:rsid w:val="006739AB"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A6757"/>
     <w:rsid w:val="006F19BA"/>
     <w:rsid w:val="007210CC"/>
     <w:rsid w:val="007232EB"/>
     <w:rsid w:val="00723392"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00782D1B"/>
     <w:rsid w:val="00792461"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007D7789"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00802A77"/>
     <w:rsid w:val="00842092"/>
     <w:rsid w:val="008623FD"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00955D3E"/>
     <w:rsid w:val="009574D3"/>
     <w:rsid w:val="0098041C"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A3F35"/>
     <w:rsid w:val="009A4AF5"/>
     <w:rsid w:val="009D6AA7"/>
     <w:rsid w:val="009E608E"/>
     <w:rsid w:val="009F5268"/>
     <w:rsid w:val="00A06F46"/>
     <w:rsid w:val="00A158F4"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A830FC"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB04B6"/>
     <w:rsid w:val="00B419A3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B73A1C"/>
     <w:rsid w:val="00BB0DCC"/>
     <w:rsid w:val="00BC4619"/>
     <w:rsid w:val="00BF3EAF"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C031F9"/>
     <w:rsid w:val="00C113B5"/>
     <w:rsid w:val="00C464F8"/>
@@ -8484,50 +8487,51 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00113649"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0029239C"/>
+    <w:rsid w:val="002B6BCD"/>
     <w:rsid w:val="00351789"/>
     <w:rsid w:val="00624790"/>
     <w:rsid w:val="00681D43"/>
     <w:rsid w:val="00842092"/>
     <w:rsid w:val="008565F4"/>
     <w:rsid w:val="00876FFE"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="0092158F"/>
     <w:rsid w:val="00942172"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BF2E86"/>
     <w:rsid w:val="00D3729E"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D86E67"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E0381D"/>
     <w:rsid w:val="00E2125B"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FA7E58"/>
     <w:rsid w:val="00FE4178"/>
   </w:rsids>
   <m:mathPr>
@@ -9312,121 +9316,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...69 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9745,121 +9680,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">56</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <UserInfo>
+        <DisplayName>Brenna, Luisa M (DPS sponsored)</DisplayName>
+        <AccountId>1682</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D1ED46-4B16-40F7-97D2-38C0F8236304}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E7E1D5-688F-405F-A416-B699A52C59A9}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9799A3F9-FB67-4EA8-9A06-E71F43075E5D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D1ED46-4B16-40F7-97D2-38C0F8236304}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...12 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>967</Words>
-  <Characters>5515</Characters>
+  <Words>845</Words>
+  <Characters>5421</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>223</Lines>
+  <Paragraphs>155</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6470</CharactersWithSpaces>
+  <CharactersWithSpaces>6146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>