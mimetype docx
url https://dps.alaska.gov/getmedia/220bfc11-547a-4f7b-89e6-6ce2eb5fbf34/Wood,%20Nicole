--- v0 (2025-10-07)
+++ v1 (2026-02-03)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="3890EE81" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="69C15DF3" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D5023A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Nicole Wood</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,131 +146,146 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-06-06T00:00:00Z">
+          <w:date w:fullDate="2026-01-16T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00C8239D">
+          <w:r w:rsidR="00D06DE1">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>6/6/2025</w:t>
+            <w:t>1/16/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0CA3B0E9" w14:textId="05CFCD99" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
+    <w:p w14:paraId="0CA3B0E9" w14:textId="66D06F78" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1664436975"/>
               <w:placeholder>
                 <w:docPart w:val="66DD55B78B8A40F48CCE04352ED7F8B6"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="009C5EB1">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Forensic Scientist II - DNA</w:t>
+                <w:t>Forensic Scientist II</w:t>
+              </w:r>
+              <w:r w:rsidR="00C11CF1">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>I</w:t>
+              </w:r>
+              <w:r w:rsidR="009C5EB1">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                  <w:b/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - DNA</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -321,51 +335,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -407,51 +420,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -517,51 +529,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="670BCCDD" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="006705A6" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -603,51 +614,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -677,51 +687,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -772,51 +781,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -855,51 +863,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -941,51 +948,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1191,177 +1197,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1460,66 +1462,66 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>B.S.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DD" w14:textId="48CC9500" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="006705A6" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F5DD" w14:textId="624AB361" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C11CF1" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5/20</w:t>
+              <w:t>May 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00664DDF" w:rsidRPr="007F2E28" w14:paraId="61D1F5E3" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5DF" w14:textId="0338C0F6" w:rsidR="00664DDF" w:rsidRPr="007F2E28" w:rsidRDefault="006705A6" w:rsidP="00664DDF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -1788,91 +1790,90 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1882,135 +1883,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007741BD" w:rsidRPr="007F2E28" w14:paraId="11D7CE12" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -2019,75 +2017,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22B22BCB" w14:textId="3CC06C24" w:rsidR="007741BD" w:rsidRDefault="007741BD" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">EZ2 and </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> Connect Training</w:t>
+              <w:t>EZ2 and Qiacube Connect Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2846C2B8" w14:textId="319F5A25" w:rsidR="007741BD" w:rsidRDefault="007741BD" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -2134,63 +2108,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FA" w14:textId="58405FFC" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="006705A6" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Biosystems </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>RapidHIT</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> ID System Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2361,67 +2333,57 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; 4/19/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F605" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F602" w14:textId="5F4D0753" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BC1BCA" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>STRmix</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Training Workshop</w:t>
+              <w:t>STRmix Training Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F603" w14:textId="574E76B1" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BC1BCA" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jo-Anne Bright</w:t>
             </w:r>
             <w:r w:rsidR="00066BAA">
@@ -2530,50 +2492,140 @@
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F608" w14:textId="53EA41E0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C179AC" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6/4/24-6/5/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E87B4B" w:rsidRPr="007F2E28" w14:paraId="275AD1FE" w14:textId="77777777" w:rsidTr="0048762B">
+        <w:trPr>
+          <w:trHeight w:val="266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05366486" w14:textId="010B6421" w:rsidR="00E87B4B" w:rsidRPr="78503FBD" w:rsidRDefault="000831E7" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Human Identification Solutions conference</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43791">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Live Webinar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12BB2753" w14:textId="111C7004" w:rsidR="00E87B4B" w:rsidRDefault="00D96587" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Thermo Fisher Scientific</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E048EF" w14:textId="5CB62B1F" w:rsidR="00E87B4B" w:rsidRDefault="00C43791" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5/13/25</w:t>
+            </w:r>
+            <w:r w:rsidR="00D06DE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-5/14/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -2594,51 +2646,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2647,135 +2699,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -2786,89 +2835,105 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F615" w14:textId="3AC382C5" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00135E2A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F616" w14:textId="77BCC30B" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C94C5D" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F616" w14:textId="106E9BDD" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C94C5D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/7/2025</w:t>
             </w:r>
+            <w:r w:rsidR="009F675F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&amp; 12/18/25</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="69F4F357" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C94C5D" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F617" w14:textId="7F014924" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FD2784" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F61C" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F619" w14:textId="03BF03CF" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3044,224 +3109,220 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3235"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="00BF7692">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="00BF7692">
         <w:tc>
@@ -3582,50 +3643,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3635,223 +3697,228 @@
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1004"/>
-        <w:gridCol w:w="4023"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BE1F9C" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F648" w14:textId="429796E4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BE1F9C" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F648" w14:textId="5F418B7B" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BE1F9C" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I</w:t>
             </w:r>
             <w:r w:rsidR="008B7CCC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F64A" w14:textId="48151DE9" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008B7CCC" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F64A" w14:textId="668FB3F8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA7DA2" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>May 2023 - Current</w:t>
+              <w:t>October 2025-Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3891,285 +3958,361 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F651" w14:textId="731B3AC4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F454D6" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F651" w14:textId="3124947C" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F454D6" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Perform biological screening and DNA analysis of sexual assault kits.</w:t>
+              <w:t>Perform biological screening</w:t>
+            </w:r>
+            <w:r w:rsidR="005F165F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DNA analysis</w:t>
+            </w:r>
+            <w:r w:rsidR="005F165F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, and interpretation</w:t>
+            </w:r>
+            <w:r w:rsidR="00030E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of profiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00030E2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C2CFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>evidence</w:t>
+            </w:r>
+            <w:r w:rsidR="00F067F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> submitted to the lab. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00BE1F9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F656" w14:textId="554D94E4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F656" w14:textId="32F1E249" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I</w:t>
+            </w:r>
+            <w:r w:rsidR="0094595D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F658" w14:textId="042686A3" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D4135B" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F658" w14:textId="406782C3" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0094595D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>January 2022 – April 2023</w:t>
+              <w:t>May 2023 – October 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE1F9C" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00BE1F9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="00BE1F9C" w:rsidRPr="007F2E28" w:rsidRDefault="00BE1F9C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4246,800 +4389,822 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perform biological screening and DNA analysis of sexual assault kits.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B147F8" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00B147F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F664" w14:textId="65823B29" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F664" w14:textId="692776D6" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="0094595D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...17 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Scientist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F666" w14:textId="51281F70" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F666" w14:textId="59DA9E25" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="0094595D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...17 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>January 2022 – April 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B147F8" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00B147F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F669" w14:textId="5024766D" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F669" w14:textId="38C6D9EB" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="0094595D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...17 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B147F8" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777" w:rsidTr="00B147F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66B" w14:textId="77777777" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B147F8" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="00B147F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F66D" w14:textId="48E6F027" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="00B147F8" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F66D" w14:textId="751B8629" w:rsidR="00B147F8" w:rsidRPr="007F2E28" w:rsidRDefault="0094595D" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="normaltextrun"/>
-[...41 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Perform biological screening and DNA analysis of sexual assault kits.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1005"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3429"/>
+        <w:gridCol w:w="1003"/>
+        <w:gridCol w:w="4033"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3421"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F672" w14:textId="6203EE19" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F672" w14:textId="09B3EC62" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B046EF" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Undergraduate Researcher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F674" w14:textId="4BD213F1" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F674" w14:textId="4961181A" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B046EF" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>July 2018 – Sept. 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F677" w14:textId="0D4836D9" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F677" w14:textId="009CBDBA" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B046EF" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Nobile Research Laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F67A" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F679" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F67C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F67B" w14:textId="266CE3CC" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F67B" w14:textId="476EA452" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00B046EF" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assisted in research on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Candida albicans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and ran experiments on fungal plant pathogens. Performed regular lab chores and maintenance such as calibrations, autoclaving, biohazard waste removal, and making media and buffers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008262B0" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5052,51 +5217,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5111,51 +5275,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5261,51 +5424,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00422601" w:rsidRPr="007F2E28" w14:paraId="4338E36C" w14:textId="77777777" w:rsidTr="00EF04D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1022592975"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="60560AA6" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5318,51 +5480,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1498722366"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="33272886" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5377,51 +5538,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422601" w:rsidRPr="007F2E28" w14:paraId="49B3261A" w14:textId="77777777" w:rsidTr="00EF04D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-304774940"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="78796CE4" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5573,71 +5733,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1758D0BD" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25" w:rsidP="00D73674">
+    <w:p w14:paraId="049EB63D" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27EBDA16" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25" w:rsidP="00D73674">
+    <w:p w14:paraId="47667AF9" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E9DB21E" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25">
+    <w:p w14:paraId="2B8B477E" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -5666,78 +5826,77 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="008262B0" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -5974,51 +6133,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00D5023A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -6027,51 +6185,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -6124,71 +6281,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="705A0BBB" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25" w:rsidP="00D73674">
+    <w:p w14:paraId="2C279FB3" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71761216" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25" w:rsidP="00D73674">
+    <w:p w14:paraId="68288E9F" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="07BF4B16" w14:textId="77777777" w:rsidR="00AB6D25" w:rsidRDefault="00AB6D25">
+    <w:p w14:paraId="161402A0" w14:textId="77777777" w:rsidR="00610CEE" w:rsidRDefault="00610CEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -6283,197 +6440,216 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000202D3"/>
+    <w:rsid w:val="00030E2D"/>
     <w:rsid w:val="00050158"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00066BAA"/>
+    <w:rsid w:val="000831E7"/>
+    <w:rsid w:val="000C2EEE"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="00100F2E"/>
     <w:rsid w:val="0010718D"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00135E2A"/>
+    <w:rsid w:val="0014286F"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001A5874"/>
     <w:rsid w:val="001B11B0"/>
+    <w:rsid w:val="001E090E"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="0026414E"/>
     <w:rsid w:val="00267265"/>
     <w:rsid w:val="00276899"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="00297475"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00390914"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="0044629B"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C1CB8"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F777F"/>
     <w:rsid w:val="00524660"/>
     <w:rsid w:val="00536FFE"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="005F165F"/>
     <w:rsid w:val="005F4067"/>
+    <w:rsid w:val="00610CEE"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006705A6"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="007566D4"/>
     <w:rsid w:val="00756EFD"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007741BD"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00797384"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="008262B0"/>
     <w:rsid w:val="008434C5"/>
     <w:rsid w:val="0085761F"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087720A"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B7CCC"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="0094595D"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009C2CFA"/>
     <w:rsid w:val="009C5EB1"/>
+    <w:rsid w:val="009F675F"/>
+    <w:rsid w:val="00A31D36"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A70214"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB6D25"/>
+    <w:rsid w:val="00B046EF"/>
     <w:rsid w:val="00B147F8"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA5899"/>
     <w:rsid w:val="00BC1BCA"/>
     <w:rsid w:val="00BE1F9C"/>
     <w:rsid w:val="00BF29F3"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF7692"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C079E5"/>
+    <w:rsid w:val="00C11CF1"/>
     <w:rsid w:val="00C179AC"/>
+    <w:rsid w:val="00C43791"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C8239D"/>
     <w:rsid w:val="00C94C5D"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D06DE1"/>
     <w:rsid w:val="00D4135B"/>
     <w:rsid w:val="00D5023A"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D81FB4"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00D96587"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E01B21"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E6080B"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
+    <w:rsid w:val="00E87B4B"/>
     <w:rsid w:val="00EB3D2C"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC5C35"/>
+    <w:rsid w:val="00F067F1"/>
     <w:rsid w:val="00F454D6"/>
     <w:rsid w:val="00F4628F"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F7646C"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F86650"/>
     <w:rsid w:val="00F91B70"/>
+    <w:rsid w:val="00FA7DA2"/>
     <w:rsid w:val="00FC4B47"/>
+    <w:rsid w:val="00FD2784"/>
     <w:rsid w:val="6B461444"/>
     <w:rsid w:val="78503FBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -7634,63 +7810,65 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="0010718D"/>
     <w:rsid w:val="001B3E0F"/>
+    <w:rsid w:val="001E090E"/>
     <w:rsid w:val="001E4A2C"/>
     <w:rsid w:val="0026414E"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003260A9"/>
     <w:rsid w:val="00524660"/>
     <w:rsid w:val="007566D4"/>
     <w:rsid w:val="008A14CA"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00911DE4"/>
     <w:rsid w:val="0093711C"/>
     <w:rsid w:val="009F5E5A"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00BC178D"/>
     <w:rsid w:val="00C079E5"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F7646C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -8432,93 +8610,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">60</Staff_x0020_Member>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8534,51 +8791,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -8779,194 +9036,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8969B503-EA5B-4688-AB6D-575F0FF2A1F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE90986A-00AB-48F7-9AAF-8494CCE52A79}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>580</Words>
-  <Characters>3306</Characters>
+  <Words>592</Words>
+  <Characters>3605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>212</Lines>
+  <Paragraphs>144</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3879</CharactersWithSpaces>
+  <CharactersWithSpaces>4053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>