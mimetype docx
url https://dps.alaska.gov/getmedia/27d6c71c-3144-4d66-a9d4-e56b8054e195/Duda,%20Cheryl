--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="39FE30BF" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="31514233" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -146,66 +146,66 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-06-05T00:00:00Z">
+          <w:date w:fullDate="2025-11-03T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00447262">
+          <w:r w:rsidR="009074F4">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>6/5/2025</w:t>
+            <w:t>11/3/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="084C6449" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1948,114 +1948,215 @@
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="2884034F" w14:textId="77777777" w:rsidR="23F47C66" w:rsidRDefault="23F47C66"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="2B85A028" w14:paraId="0DC7BFCB" w14:textId="77777777" w:rsidTr="2B85A028">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="45C5F3EB" w14:textId="78879621" w:rsidR="2B85A028" w:rsidRDefault="0051457C" w:rsidP="2B85A028">
+          <w:p w14:paraId="45C5F3EB" w14:textId="5DA84719" w:rsidR="2B85A028" w:rsidRDefault="00C03ED3" w:rsidP="2B85A028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>HIDS Virtual Conference</w:t>
+              <w:t>Quant Studio and RapidHIT 2.0 Traini</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00B52">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE5AB66" w14:textId="4362DE8B" w:rsidR="2B85A028" w:rsidRDefault="00335DD6" w:rsidP="2B85A028">
+          <w:p w14:paraId="7EE5AB66" w14:textId="77F52F47" w:rsidR="2B85A028" w:rsidRDefault="00335DD6" w:rsidP="2B85A028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ThermoFisher</w:t>
             </w:r>
+            <w:r w:rsidR="007E3961">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Danielle Jardin and Kristen Smith)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="389B79F6" w14:textId="2256F0BB" w:rsidR="2B85A028" w:rsidRDefault="00447262" w:rsidP="2B85A028">
+          <w:p w14:paraId="389B79F6" w14:textId="6E568E1A" w:rsidR="2B85A028" w:rsidRDefault="00C03ED3" w:rsidP="2B85A028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>5/13-14/2025</w:t>
+              <w:t>10/7/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C68C9" w14:paraId="3AE41F64" w14:textId="77777777" w:rsidTr="2B85A028">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="273C4249" w14:textId="050287CE" w:rsidR="003C68C9" w:rsidRDefault="003C68C9" w:rsidP="2B85A028">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>HIDS Virtual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC7A603" w14:textId="08D55936" w:rsidR="003C68C9" w:rsidRDefault="003C68C9" w:rsidP="2B85A028">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F38A378" w14:textId="0AC877AA" w:rsidR="003C68C9" w:rsidRDefault="003C68C9" w:rsidP="2B85A028">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5/13</w:t>
+            </w:r>
+            <w:r w:rsidR="00C03ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-14/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051457C" w14:paraId="61B5C84D" w14:textId="77777777" w:rsidTr="2B85A028">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="18F006C1" w14:textId="49A87798" w:rsidR="0051457C" w:rsidRPr="2B85A028" w:rsidRDefault="0051457C" w:rsidP="0051457C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2B85A028">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -2201,346 +2302,334 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="35BCDD31" w:rsidRPr="2B85A028">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00905BE1" w14:paraId="4DBEFC44" w14:textId="77777777" w:rsidTr="00222CE0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="492D1F0D" w14:textId="4AED63E6" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="000A1F6E" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Testimony Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C8367E8" w14:textId="3011D974" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="00A26912" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23B95B11" w14:textId="20FDD8A7" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="001D0E04" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/4/24 – 6/5/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002619D1" w14:paraId="028B9A11" w14:textId="77777777" w:rsidTr="00222CE0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75614125" w14:textId="65F42F38" w:rsidR="002619D1" w:rsidRPr="6424F8A5" w:rsidRDefault="00600DC0" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>STRmix Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F0D22BA" w14:textId="1698A19B" w:rsidR="002619D1" w:rsidRPr="388408BA" w:rsidRDefault="006352CC" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ESR / </w:t>
             </w:r>
             <w:r w:rsidR="00600DC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NicheVision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25F9FDD5" w14:textId="2189969F" w:rsidR="002619D1" w:rsidRDefault="000A1F6E" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/3/24-4/11/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002619D1" w14:paraId="519251F7" w14:textId="77777777" w:rsidTr="00222CE0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E63C75" w14:textId="41507A02" w:rsidR="002619D1" w:rsidRPr="6424F8A5" w:rsidRDefault="002619D1" w:rsidP="002619D1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6424F8A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">National Technical Leader </w:t>
             </w:r>
             <w:r w:rsidRPr="1CAAF75E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Summit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19AA0D74" w14:textId="47658514" w:rsidR="002619D1" w:rsidRPr="388408BA" w:rsidRDefault="002619D1" w:rsidP="002619D1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="388408BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FBI and NIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BD2D06B" w14:textId="1CAF2EC1" w:rsidR="002619D1" w:rsidRDefault="002619D1" w:rsidP="002619D1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11/13/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00905BE1" w14:paraId="3E3DD21F" w14:textId="77777777" w:rsidTr="00222CE0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CC13C04" w14:textId="6787991C" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="00905BE1" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6424F8A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National CODIS conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C28406B" w14:textId="5809C7BF" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="00905BE1" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="388408BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FBI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F3C0FF9" w14:textId="4F8D3C93" w:rsidR="00905BE1" w:rsidRPr="00222CE0" w:rsidRDefault="00733A6E" w:rsidP="00905BE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="00BC169A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
@@ -2557,99 +2646,96 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00633B2F" w14:paraId="477A4428" w14:textId="77777777" w:rsidTr="00222CE0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78355CCA" w14:textId="2ABC5A24" w:rsidR="00633B2F" w:rsidRPr="00222CE0" w:rsidRDefault="00633B2F" w:rsidP="00633B2F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00222CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Forensic Technical Assessor Training for ISO/IEC 17025:2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3235A646" w14:textId="16DAEEBF" w:rsidR="00633B2F" w:rsidRPr="00222CE0" w:rsidRDefault="00633B2F" w:rsidP="00633B2F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00222CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ANSI National Accreditation Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F388CB1" w14:textId="6805DCCB" w:rsidR="00633B2F" w:rsidRPr="00222CE0" w:rsidRDefault="00633B2F" w:rsidP="00633B2F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00222CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/5/23 - 6/9/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB14E7" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="23F47C66">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
@@ -3290,50 +3376,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB14E7" w:rsidRPr="007F2E28" w14:paraId="5ABD6589" w14:textId="77777777" w:rsidTr="23F47C66">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22A5EBDC" w14:textId="2EED323B" w:rsidR="00BB14E7" w:rsidRPr="6B612BA1" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6B612BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>National CODIS Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52560B5F" w14:textId="5CACC5C4" w:rsidR="00BB14E7" w:rsidRPr="6B612BA1" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6B612BA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FBI</w:t>
             </w:r>
@@ -3438,51 +3525,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB14E7" w:rsidRPr="007F2E28" w14:paraId="0ACD9BCF" w14:textId="77777777" w:rsidTr="23F47C66">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2476B4A6" w14:textId="0CDF1BFC" w:rsidR="00BB14E7" w:rsidRPr="6B612BA1" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>National Technical Leader Summit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78FCFB60" w14:textId="66414678" w:rsidR="00BB14E7" w:rsidRPr="6B612BA1" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI and NIST</w:t>
             </w:r>
@@ -6917,50 +7003,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB14E7" w:rsidRPr="007F2E28" w14:paraId="2EC280C2" w14:textId="77777777" w:rsidTr="23F47C66">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15563229" w14:textId="76D25A54" w:rsidR="00BB14E7" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Making Sense of Popstats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26CF181A" w14:textId="7EE05022" w:rsidR="00BB14E7" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Steven Valdez</w:t>
             </w:r>
@@ -7065,51 +7152,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB14E7" w:rsidRPr="007F2E28" w14:paraId="1E81DF31" w14:textId="77777777" w:rsidTr="23F47C66">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63D5DD49" w14:textId="775C1E88" w:rsidR="00BB14E7" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Forensic DNA Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E9737A0" w14:textId="240C4F67" w:rsidR="00BB14E7" w:rsidRDefault="00BB14E7" w:rsidP="00BB14E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Steven Valdez</w:t>
             </w:r>
@@ -10131,51 +10217,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="49C634C0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BB14E7" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11219,71 +11304,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B5388B3" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2" w:rsidP="00D73674">
+    <w:p w14:paraId="1BF729BC" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7071649B" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2" w:rsidP="00D73674">
+    <w:p w14:paraId="10016B23" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="746D8193" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2">
+    <w:p w14:paraId="102D6D9C" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -11767,71 +11852,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A840489" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2" w:rsidP="00D73674">
+    <w:p w14:paraId="4AD46FFB" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CFE0D99" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2" w:rsidP="00D73674">
+    <w:p w14:paraId="64887A4B" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B8C8E5A" w14:textId="77777777" w:rsidR="00BE4FF2" w:rsidRDefault="00BE4FF2">
+    <w:p w14:paraId="41EC4F31" w14:textId="77777777" w:rsidR="00362518" w:rsidRDefault="00362518">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -11959,118 +12044,125 @@
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000356F2"/>
     <w:rsid w:val="000461DC"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000A1F6E"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="001106AF"/>
     <w:rsid w:val="001131AC"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D0E04"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00222CE0"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="002619D1"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="00335DD6"/>
     <w:rsid w:val="00342590"/>
+    <w:rsid w:val="00362518"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003C68C9"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447262"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00475DA1"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0051457C"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00545F22"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00587AB7"/>
     <w:rsid w:val="00600DC0"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00633B2F"/>
     <w:rsid w:val="006352CC"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00733A6E"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
+    <w:rsid w:val="007E3961"/>
     <w:rsid w:val="007E4C61"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00905BE1"/>
+    <w:rsid w:val="009074F4"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E0B16"/>
     <w:rsid w:val="00A26912"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00B00B52"/>
     <w:rsid w:val="00B23181"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BB14E7"/>
     <w:rsid w:val="00BC169A"/>
     <w:rsid w:val="00BC1820"/>
     <w:rsid w:val="00BE4FF2"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C03ED3"/>
     <w:rsid w:val="00C45FBF"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CA4AB1"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA577D"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F96F90"/>
     <w:rsid w:val="00FE437A"/>
     <w:rsid w:val="03BB482E"/>
     <w:rsid w:val="0D0C1851"/>
     <w:rsid w:val="1EB81EC5"/>
     <w:rsid w:val="227DEED2"/>
     <w:rsid w:val="23F47C66"/>
     <w:rsid w:val="2B85A028"/>
@@ -12914,55 +13006,57 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000356F2"/>
     <w:rsid w:val="000E26AC"/>
+    <w:rsid w:val="001106AF"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00315D6F"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="008F2B2B"/>
     <w:rsid w:val="00962A56"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B23181"/>
     <w:rsid w:val="00B7234B"/>
     <w:rsid w:val="00C00C60"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E52E4E"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -13708,93 +13802,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">8</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13810,51 +13983,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -14055,173 +14228,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A1B2D6-3BE8-49F2-B816-B1D913CEC992}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF77350D-AC30-42DB-99D0-A3E895BDC39E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1322</Words>
-  <Characters>7539</Characters>
+  <Words>1337</Words>
+  <Characters>7624</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
+  <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8844</CharactersWithSpaces>
+  <CharactersWithSpaces>8944</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>