--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -94,51 +94,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003F0AB3">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Julia Webb</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -154,51 +153,50 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="D9D9712005CB46979D5CD55966A06ABC"/>
           </w:placeholder>
           <w:date w:fullDate="2025-06-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00431960">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>6/9</w:t>
           </w:r>
           <w:r w:rsidR="00C107CE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="6C273C36" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
@@ -212,51 +210,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003F0AB3">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist III - DNA</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -313,51 +310,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -399,51 +395,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -509,51 +504,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3F16F390" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="003F0AB3" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -595,51 +589,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -669,51 +662,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -764,51 +756,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -830,51 +821,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -916,51 +906,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1188,177 +1177,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1835,91 +1820,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00431960" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1929,221 +1913,216 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="68E650F7" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6DA71F30" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="735A34F2" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C2675E" w14:paraId="1E3868D7" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35263AE1" w14:textId="73D2A925" w:rsidR="00C2675E" w:rsidRDefault="00663F1A" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00C75D35">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>uman Identification Solutions (HIDS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16AD9977" w14:textId="270ED110" w:rsidR="00C2675E" w:rsidRDefault="00663F1A" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ThermoFisher</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2157,1441 +2136,1399 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-  multiple</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> speakers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CE527E6" w14:textId="54BA9592" w:rsidR="00C2675E" w:rsidRDefault="00C75D35" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/13/25-5/14/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C22B6" w14:paraId="7DFF264C" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A1D9D93" w14:textId="2CD372C3" w:rsidR="007C22B6" w:rsidRDefault="007C22B6" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Testimony Training </w:t>
             </w:r>
             <w:r w:rsidR="00382C67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Daubert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D32E43F" w14:textId="1881524A" w:rsidR="007C22B6" w:rsidRDefault="00382C67" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="646B288A" w14:textId="4359223A" w:rsidR="007C22B6" w:rsidRDefault="00382C67" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6/4/24 – 6/5/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1455F" w14:paraId="18DEFC76" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B08D43C" w14:textId="7E3A0778" w:rsidR="00B1455F" w:rsidRPr="36700DA8" w:rsidRDefault="00284F18" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STRmix</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CC2F5DD" w14:textId="3934F47C" w:rsidR="00B1455F" w:rsidRPr="36700DA8" w:rsidRDefault="008F72A4" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L. Russell, K. Chen, J. Bright</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E5EE0B2" w14:textId="37E21363" w:rsidR="00B1455F" w:rsidRPr="36700DA8" w:rsidRDefault="008F72A4" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/8/24-4/11/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="5B60C137" w14:paraId="149ABC27" w14:textId="77777777" w:rsidTr="5B60C137">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45A5AEE0" w14:textId="5E8BFFC3" w:rsidR="472B03C2" w:rsidRDefault="472B03C2" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Probabilistic Genotyping of Evidentiary DNA Typing Results</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E6135E" w14:textId="61F695DE" w:rsidR="472B03C2" w:rsidRDefault="472B03C2" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Technology Cener of Excellence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76E75223" w14:textId="3F83EEEE" w:rsidR="472B03C2" w:rsidRDefault="472B03C2" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>01/09/24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="36700DA8" w14:paraId="14344EF2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EBF357B" w14:textId="462FC095" w:rsidR="1D2B2AFD" w:rsidRDefault="1D2B2AFD" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Symposium on Human Identification</w:t>
             </w:r>
             <w:r w:rsidR="68190AD4" w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> including Advanced Workshop on Likelihood Ratios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FE137EB" w14:textId="58404485" w:rsidR="1D2B2AFD" w:rsidRDefault="1D2B2AFD" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Promega – multiple speakers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="037A938E" w14:textId="346BFE17" w:rsidR="1D2B2AFD" w:rsidRDefault="1D2B2AFD" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9/18-9/21/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="16D3A3B0" w14:paraId="3131661A" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0313A90F" w14:textId="0937B03E" w:rsidR="045C9C92" w:rsidRDefault="045C9C92" w:rsidP="16D3A3B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Root Cause Analysis and Ethics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CCC9EAF" w14:textId="30AC318F" w:rsidR="26E6A1E4" w:rsidRDefault="26E6A1E4" w:rsidP="16D3A3B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seaglass</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Training, Anja </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Einseln</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E14401D" w14:textId="1CA7C7F0" w:rsidR="26E6A1E4" w:rsidRDefault="26E6A1E4" w:rsidP="16D3A3B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/9-5/10/23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="5B60C137" w14:paraId="06A5ED03" w14:textId="77777777" w:rsidTr="5B60C137">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74A38B8E" w14:textId="059C4CDD" w:rsidR="72E5C321" w:rsidRDefault="72E5C321" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CODIS 11.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="415D4139" w14:textId="1BCC02A8" w:rsidR="72E5C321" w:rsidRDefault="72E5C321" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2108DBA2" w14:textId="200411CE" w:rsidR="72E5C321" w:rsidRDefault="72E5C321" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12/1/22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="5B60C137" w14:paraId="72874F32" w14:textId="77777777" w:rsidTr="5B60C137">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7179F579" w14:textId="2AEE3FCF" w:rsidR="7E54756D" w:rsidRDefault="7E54756D" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CODIS Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E9F68A" w14:textId="71E9A979" w:rsidR="7E54756D" w:rsidRDefault="7E54756D" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI – multiple speakers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E7C0072" w14:textId="186B2BC8" w:rsidR="7E54756D" w:rsidRDefault="7E54756D" w:rsidP="5B60C137">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5B60C137">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11/14/22-11/17/22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="04BE77F5" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6520585E" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Biosystems </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RapidHIT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ID System Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24EAFEFE" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kristen Smith </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66451EE0" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/25/22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="5F94AF72" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A0C99CB" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">EZ2 Connect &amp; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QIAcube</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Connect Applications Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7074C587" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Qiagen – Carrie Mayes and Bryan Davis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ACAC281" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/17/2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="1D9E2CDD" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="661B876C" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Minimizing Bias and Enhancing Forensic Decisions </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4927205D" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Itiel Dror </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D11595D" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/17/2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="7F69D7A2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="582BD94C" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Academy of Forensic Sciences Meeting </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="253C2F99" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Multiple Sources </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10FAC525" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>02/15-02/19/2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="4C3BAB73" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A824EBA" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Symposium on Human Identification </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1412E634" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Multiple sources  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="341607F2" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/14 - 09/16/2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="5D2D048C" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="282D4122" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QAS Auditor Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B286D78" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08FC96AC" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>07/02/2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="2D1C0E87" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23145450" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-Screening and 3500 Data Collection Software Updates </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DF358A7" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ThermoFisher</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3605,1271 +3542,1233 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peterjon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> McAnany) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B9CE578" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/25 &amp; 06/26/19 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="7407142B" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28661408" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Forensic ISO/IEC 17025:2017 Internal Auditor Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F1B3937" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ANAB (Emma Dutton) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="026EE9AC" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/17 – 06/20/19 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D08FC" w:rsidRPr="002D7DF8" w14:paraId="3B20E1F2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26A1316B" w14:textId="1DC26B50" w:rsidR="003D08FC" w:rsidRDefault="003D08FC" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Non-STR DNA Markers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10F1AD8A" w14:textId="5A79804F" w:rsidR="003D08FC" w:rsidRDefault="003D08FC" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>National Institutes of Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="229B4E8B" w14:textId="0C852BCE" w:rsidR="003D08FC" w:rsidRDefault="003D08FC" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/17/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD3E7B" w:rsidRPr="002D7DF8" w14:paraId="7452E404" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="728C6D72" w14:textId="4F0E83E3" w:rsidR="00DD3E7B" w:rsidRDefault="00DD3E7B" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advanced and Emerging DNA Techniques and Technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="104F97C4" w14:textId="739A436D" w:rsidR="00DD3E7B" w:rsidRDefault="00DD3E7B" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>National Institutes of Justice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="587DFCAA" w14:textId="7E4B811E" w:rsidR="00DD3E7B" w:rsidRDefault="00DD3E7B" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4/17/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009954B2" w:rsidRPr="002D7DF8" w14:paraId="67F91199" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E9CF875" w14:textId="51BDFC20" w:rsidR="009954B2" w:rsidRPr="002D7DF8" w:rsidRDefault="009954B2" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Next Generation DNA Technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46F486EE" w14:textId="311BE235" w:rsidR="009954B2" w:rsidRPr="002D7DF8" w:rsidRDefault="009954B2" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>National Institutes of Justice</w:t>
             </w:r>
             <w:r w:rsidR="00124877">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; RTI International</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DE93DEA" w14:textId="5B6B439E" w:rsidR="009954B2" w:rsidRPr="002D7DF8" w:rsidRDefault="00124877" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1/31/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="1397D0BA" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E9DA7AA" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI QAS Auditor Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="113600D9" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FCB415F" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nov 2018 – Apr 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="56E0B9D2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="422F22AC" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-STR Webinars (x3) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2551F5AE" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Promega; various speakers </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="544ADBD7" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>04/20 &amp; 4/23/18 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w14:paraId="4E5060C6" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06458AA7" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Y23 Y-STR </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Teachback</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34E4E895" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Promega </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CBB73A5" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/28/2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="47157DF9" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ACD6EA7" w14:textId="362DF729" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rapid DNA Webinars</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="161ADCCE" w14:textId="1C6FB4F1" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Society for Crime Lab Directors Rapid DNA Webinar 1 and 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F958B80" w14:textId="047D3B40" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11/8/2018-11/09/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="73BB115E" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C9D71FB" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-STR Analysis Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F2A9329" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>William Frank, Illinois Police Department </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F5C51CD" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/11/17-10/12/17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="166918D5" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A963291" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Science in the Courtroom </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F1EC26A" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Val Van Brocklin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A1518E6" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/16/17-08/17/17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="5EB63B5F" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58EA5ECC" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA Mixture Analysis (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ArmedXpert</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32439386" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Niche Vision LLC </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="657F463B" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/17/16-05/19/16 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="0AF47C39" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1010819C" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hair Evaluation for DNA Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6448E5D5" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>West Virginia University </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BA60401" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/07/16-04/18/16 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="32621DA2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="604E52B9" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quantifiler</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4901,556 +4800,539 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Teachback</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37C87001" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Life Technologies </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F7DA650" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/03/15-03/05/15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="74BBC57E" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7917B022" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CODIS 7.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CCCF1DA" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI Computer Based Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D670871" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/10/14-09/18/14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="73E1D9C1" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62946915" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bloodstain Pattern Analysis I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729043A3" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bevel, Gardner &amp; Associates </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="237FAB78" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/25/14-08/29/14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="7766DABC" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A6BC609" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Validation Concepts &amp; Resources Part I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53992A19" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIST Webinar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F0F153" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/06/14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="75F41683" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FE2597B" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Probabilistic Genotyping Part I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="698F8ED6" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIST Webinar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="436788B3" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/28/14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="0D912C10" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3010977A" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA Evidence Collection &amp; Preservation Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="078FEEC7" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Danielle Ledford &amp; Stacey Johnson (in house) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37C7F866" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/20/14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
@@ -5488,51 +5370,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00431960" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5541,923 +5423,898 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="383C5143">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="4D8FDEC5" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="260BB41E" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1D5CED4D" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72D73" w:rsidRPr="00B72D73" w14:paraId="45472714" w14:textId="77777777" w:rsidTr="383C5143">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74D89240" w14:textId="77777777" w:rsidR="00B72D73" w:rsidRPr="00B72D73" w:rsidRDefault="00B72D73" w:rsidP="00B72D73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B72D73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Bio (Body Fluid ID/DNA) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="336F85F4" w14:textId="0B8C15BC" w:rsidR="00B72D73" w:rsidRPr="00B72D73" w:rsidRDefault="00B72D73" w:rsidP="00B72D73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2017-202</w:t>
             </w:r>
             <w:r w:rsidR="00C2675E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5872C046" w14:textId="28901A88" w:rsidR="00B72D73" w:rsidRPr="00B72D73" w:rsidRDefault="00B72D73" w:rsidP="00B72D73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="66606D65">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005E601E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00431960" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="426A0B49" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22B78F70" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Association for the Advancement of Science </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77067049" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2009-2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D0E8DFD" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="7B72FCE6" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="793FCA54" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Society of Microbiology </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F41FE6A" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2010-2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41C9F2C3" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="6BC78ABF" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="055D1080" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Society for Clinical Laboratory Science </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E4EA53D" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2012-2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A25EB7B" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="21C4C32F" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6122C303" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Association for Clinical Chemists </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA02D39" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2012-2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54F3A318" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="0E5AFDA5" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1480B865" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Society for Gravitational &amp; Space Biology </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="292EB7C2" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2004-2005 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="004C68BE" w14:textId="77777777" w:rsidR="00300ACB" w:rsidRPr="00300ACB" w:rsidRDefault="00300ACB" w:rsidP="00300ACB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300ACB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6573,51 +6430,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1890EDD2" w14:textId="77777777" w:rsidR="00C63F53" w:rsidRPr="00C63F53" w:rsidRDefault="00C63F53" w:rsidP="00C63F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I/II/III – DNA (Casework) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
@@ -6647,51 +6503,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="255D993D" w14:textId="77777777" w:rsidR="00C63F53" w:rsidRPr="00C63F53" w:rsidRDefault="00C63F53" w:rsidP="00C63F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/01/2015-PRESENT </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C63F53" w:rsidRPr="00C63F53" w14:paraId="3447140A" w14:textId="77777777" w:rsidTr="00C63F53">
         <w:tc>
@@ -6744,51 +6599,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>​</w:t>
             </w:r>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="664305EC" w14:textId="77777777" w:rsidR="00C63F53" w:rsidRPr="00C63F53" w:rsidRDefault="00C63F53" w:rsidP="00C63F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, Alaska Scientific Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C63F53" w:rsidRPr="00C63F53" w14:paraId="7FB1188F" w14:textId="77777777" w:rsidTr="00C63F53">
         <w:tc>
@@ -6814,51 +6668,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C63F53" w:rsidRPr="00C63F53" w14:paraId="7CC62B3D" w14:textId="77777777" w:rsidTr="00C63F53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48082D7F" w14:textId="77777777" w:rsidR="00C63F53" w:rsidRPr="00C63F53" w:rsidRDefault="00C63F53" w:rsidP="00C63F53">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C63F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Perform biological/DNA screening and DNA analysis on forensic casework. Prepare reports, perform technical and administrative reviews, and provide expert witness testimony in court. Generate DNA profiles of arrestee and convicted offenders for entry into state and national databases. Equipment maintenance, reagent preparation and verification, and validation support as needed. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27A27569" w14:textId="181BC491" w:rsidR="00C63F53" w:rsidRDefault="00C63F53" w:rsidP="007F2E28">
@@ -6922,51 +6775,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18431C7E" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I – DNA Database </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
@@ -6996,51 +6848,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20F3B278" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/03/2014-10/01/2015 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="5F428354" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7073,51 +6924,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05E93929" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, Alaska Scientific Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="5F7A421D" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7144,51 +6994,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="77BA36CF" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70473B48" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Generate DNA profiles of arrestee and convicted offenders for entry into state and national databases. Equipment maintenance and reagent preparation.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C50A106" w14:textId="7BB0CA14" w:rsidR="005040E7" w:rsidRDefault="005040E7" w:rsidP="007F2E28">
@@ -7252,51 +7101,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EF0AC36" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Research Analyst II - STNP </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
@@ -7326,51 +7174,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ED14C74" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/23/2013-01/17/2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="3F4F759F" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7403,51 +7250,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D9B711F" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Health &amp; Social Services, Alaska Psychiatric Institute </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="149AA818" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7473,51 +7319,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="0D67C33B" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C2F4B48" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gather and input data from hospital population for quality assurance purposes. Track trends, generate graphs and tables. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48456E35" w14:textId="4782B06D" w:rsidR="005040E7" w:rsidRDefault="005040E7" w:rsidP="007F2E28">
@@ -7581,51 +7426,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B039A83" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Post-doctoral Fellow &amp; Graduate Research Assistant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
@@ -7655,51 +7499,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C4A6B4A" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/2006-07/2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="1BEFA349" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7732,51 +7575,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01119E39" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>University of California – Santa Barbara, Department of Molecular, Cellular, &amp; Developmental Biology </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="6FF73D96" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -7802,51 +7644,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="2F1817CB" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B02A244" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Utilized genetic and molecular techniques (including nucleic acid purification, polymerase chain reaction [PCR], immunofluorescence microscopy, quantitative PCR, western blot analysis, etc.) to study a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
@@ -7966,51 +7807,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="600A54CE" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Undergraduate Research Assistant </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
@@ -8040,51 +7880,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E472A30" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/2001-05/2005 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="30304385" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -8117,51 +7956,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8565" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AC5C556" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colorado State University, Department of Microbiology, Immunology, &amp; Pathology </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="434A09C7" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
@@ -8187,51 +8025,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005040E7" w:rsidRPr="005040E7" w14:paraId="05B7E1D1" w14:textId="77777777" w:rsidTr="005040E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A65FD6C" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Utilized genetic and molecular techniques to study various issues in microbial ecology (including single nucleotide polymorphisms analysis for microbial communities). Managed independent projects, collected data on short term and </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
@@ -9321,71 +9158,51 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Julia Shimizu (Webb)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Tony Rector, Mary </w:t>
-[...19 lines deleted...]
-              <w:t>, Jay Garland, and Michael Roberts. Functional and Genetic Analysis of Microbial Communities in the Aerobic Rotational Membrane System Bioreactor. American Society for Gravitational and Space Biology 20</w:t>
+              <w:t>, Tony Rector, Mary Hummerick, Jay Garland, and Michael Roberts. Functional and Genetic Analysis of Microbial Communities in the Aerobic Rotational Membrane System Bioreactor. American Society for Gravitational and Space Biology 20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Annual Meeting. New York, NY. November 9-12, 2004.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
@@ -9410,71 +9227,51 @@
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nancy M. DuTeau, Gail Bernadino-Lang, Donald A. Klein, Janet Kemp, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Julia Shimizu (Webb)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Jessica </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">, and Jenna Horne. </w:t>
+              <w:t xml:space="preserve">, Jessica Bushanam, and Jenna Horne. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identifiying</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mosquito Gut Candidates for </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
@@ -9511,71 +9308,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CC310BE" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949" w:rsidP="00D73674">
+    <w:p w14:paraId="4F7F04A6" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0AF6F218" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949" w:rsidP="00D73674">
+    <w:p w14:paraId="40BA5477" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="568B05B0" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949">
+    <w:p w14:paraId="0ECA4A62" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -9620,78 +9417,77 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00431960" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -9928,51 +9724,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="001C417A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -9981,51 +9776,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -10078,71 +9872,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B17B101" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949" w:rsidP="00D73674">
+    <w:p w14:paraId="2A323CD0" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BEFB9C6" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949" w:rsidP="00D73674">
+    <w:p w14:paraId="7B6D726D" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B8F6495" w14:textId="77777777" w:rsidR="00E86949" w:rsidRDefault="00E86949">
+    <w:p w14:paraId="1489C1A3" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -10237,51 +10031,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -10329,59 +10123,61 @@
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F0AB3"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00423A7E"/>
     <w:rsid w:val="00431960"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00456DAC"/>
     <w:rsid w:val="00457C83"/>
     <w:rsid w:val="004622DA"/>
     <w:rsid w:val="00463BA1"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00487C25"/>
     <w:rsid w:val="004A2D00"/>
     <w:rsid w:val="004B50F5"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F5504"/>
     <w:rsid w:val="005040E7"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00567E20"/>
     <w:rsid w:val="00577807"/>
     <w:rsid w:val="005C72D2"/>
+    <w:rsid w:val="005D257C"/>
     <w:rsid w:val="005E601E"/>
     <w:rsid w:val="006011E7"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00625263"/>
     <w:rsid w:val="00637FDA"/>
     <w:rsid w:val="00663F1A"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
+    <w:rsid w:val="006B28C8"/>
     <w:rsid w:val="006D3782"/>
     <w:rsid w:val="006D6CC8"/>
     <w:rsid w:val="00723D1B"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A2B10"/>
     <w:rsid w:val="007A3411"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B0E2E"/>
     <w:rsid w:val="007C2299"/>
     <w:rsid w:val="007C22B6"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00857704"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A06D2"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B17D5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008F72A4"/>
     <w:rsid w:val="00926D5B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0094255D"/>
     <w:rsid w:val="009954B2"/>
     <w:rsid w:val="009A1D6D"/>
@@ -10402,54 +10198,56 @@
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B63A4D"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B72D73"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C107CE"/>
     <w:rsid w:val="00C12910"/>
     <w:rsid w:val="00C131A7"/>
     <w:rsid w:val="00C14BF0"/>
     <w:rsid w:val="00C2675E"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C63F53"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C75D35"/>
     <w:rsid w:val="00C900D8"/>
     <w:rsid w:val="00CC3895"/>
     <w:rsid w:val="00CD2ACB"/>
     <w:rsid w:val="00CE7B90"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D779FF"/>
+    <w:rsid w:val="00D95CE3"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD3E7B"/>
     <w:rsid w:val="00DD44E7"/>
+    <w:rsid w:val="00E54E65"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E86949"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F47628"/>
     <w:rsid w:val="00F54527"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="0303EB2B"/>
     <w:rsid w:val="045C9C92"/>
     <w:rsid w:val="169194B8"/>
     <w:rsid w:val="16D3A3B0"/>
     <w:rsid w:val="19422121"/>
     <w:rsid w:val="1D2B2AFD"/>
     <w:rsid w:val="1E4BB4DF"/>
     <w:rsid w:val="21E0AE17"/>
     <w:rsid w:val="26E6A1E4"/>
     <w:rsid w:val="2A3A6257"/>
     <w:rsid w:val="36700DA8"/>
     <w:rsid w:val="375EBB49"/>
     <w:rsid w:val="383C5143"/>
     <w:rsid w:val="464EBCBD"/>
@@ -17378,58 +17176,60 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0036599F"/>
     <w:rsid w:val="00402611"/>
     <w:rsid w:val="004851B5"/>
     <w:rsid w:val="005C72D2"/>
+    <w:rsid w:val="005D257C"/>
     <w:rsid w:val="006F4C53"/>
     <w:rsid w:val="007A2B10"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B63A4D"/>
     <w:rsid w:val="00CC3895"/>
     <w:rsid w:val="00CD2ACB"/>
+    <w:rsid w:val="00CE0C01"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DD44E7"/>
     <w:rsid w:val="00E74ADE"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="079A3DA6"/>
@@ -18170,153 +17970,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">22</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -18578,90 +18397,86 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{014A7734-BF75-430E-A2D1-A78F339D86F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7160D89-B8A4-45E1-B6F4-5AB3C626FF82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1724</Words>
   <Characters>9829</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>