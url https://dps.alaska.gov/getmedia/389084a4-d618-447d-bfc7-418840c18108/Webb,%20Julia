--- v1 (2025-10-31)
+++ v2 (2026-02-24)
@@ -58,86 +58,87 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="6FEDF567" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="66C54CBF" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003F0AB3">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Julia Webb</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -146,114 +147,107 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="D9D9712005CB46979D5CD55966A06ABC"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-06-09T00:00:00Z">
+          <w:date w:fullDate="2026-01-23T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00431960">
+          <w:r w:rsidR="00AE1640">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>6/9</w:t>
-[...8 lines deleted...]
-            <w:t>/2025</w:t>
+            <w:t>1/23/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="6C273C36" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003F0AB3">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist III - DNA</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -310,50 +304,51 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -395,50 +390,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -504,50 +500,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3F16F390" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="003F0AB3" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -589,50 +586,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -662,50 +660,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -756,50 +755,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -821,50 +821,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -906,50 +907,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1177,173 +1179,177 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1820,90 +1826,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AE1640" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1913,134 +1920,137 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="68E650F7" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6DA71F30" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="735A34F2" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C2675E" w14:paraId="1E3868D7" w14:textId="77777777" w:rsidTr="36700DA8">
@@ -2089,85 +2099,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16AD9977" w14:textId="270ED110" w:rsidR="00C2675E" w:rsidRDefault="00663F1A" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> speakers</w:t>
+              <w:t>ThermoFisher Scientific -  multiple speakers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CE527E6" w14:textId="54BA9592" w:rsidR="00C2675E" w:rsidRDefault="00C75D35" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -2288,67 +2270,57 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1455F" w14:paraId="18DEFC76" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B08D43C" w14:textId="7E3A0778" w:rsidR="00B1455F" w:rsidRPr="36700DA8" w:rsidRDefault="00284F18" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>STRmix</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t>STRmix Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CC2F5DD" w14:textId="3934F47C" w:rsidR="00B1455F" w:rsidRPr="36700DA8" w:rsidRDefault="008F72A4" w:rsidP="36700DA8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -2611,78 +2583,58 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Root Cause Analysis and Ethics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7CCC9EAF" w14:textId="30AC318F" w:rsidR="26E6A1E4" w:rsidRDefault="26E6A1E4" w:rsidP="16D3A3B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="16D3A3B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Seaglass Training, Anja Einseln</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E14401D" w14:textId="1CA7C7F0" w:rsidR="26E6A1E4" w:rsidRDefault="26E6A1E4" w:rsidP="16D3A3B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36700DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2884,69 +2836,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6520585E" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Biosystems </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ID System Training </w:t>
+              <w:t>Applied Biosystems RapidHIT ID System Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24EAFEFE" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -2994,69 +2928,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A0C99CB" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">EZ2 Connect &amp; </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Connect Applications Training </w:t>
+              <w:t>EZ2 Connect &amp; QIAcube Connect Applications Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7074C587" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3495,85 +3411,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-Screening and 3500 Data Collection Software Updates </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DF358A7" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> McAnany) </w:t>
+              <w:t>ThermoFisher (Peterjon McAnany) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B9CE578" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4153,69 +4041,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06458AA7" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Y23 Y-STR </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Y23 Y-STR Teachback </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34E4E895" w14:textId="77777777" w:rsidR="002D7DF8" w:rsidRPr="002D7DF8" w:rsidRDefault="002D7DF8" w:rsidP="002D7DF8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4539,69 +4409,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58EA5ECC" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>DNA Mixture Analysis (</w:t>
-[...17 lines deleted...]
-              <w:t>) </w:t>
+              <w:t>DNA Mixture Analysis (ArmedXpert) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32439386" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4735,103 +4587,57 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000539FA" w:rsidRPr="002D7DF8" w14:paraId="32621DA2" w14:textId="77777777" w:rsidTr="36700DA8">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="604E52B9" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quantifiler</w:t>
-[...44 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Quantifiler Trio DNA Quantification Kit and GlobalFiler PCR Amplification Kit Teachback </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37C87001" w14:textId="77777777" w:rsidR="000539FA" w:rsidRPr="002D7DF8" w:rsidRDefault="000539FA" w:rsidP="000539FA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D7DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -5370,51 +5176,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AE1640" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5423,134 +5229,137 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="383C5143">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="4D8FDEC5" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="260BB41E" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1D5CED4D" w14:textId="77777777" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72D73" w:rsidRPr="00B72D73" w14:paraId="45472714" w14:textId="77777777" w:rsidTr="383C5143">
@@ -5611,263 +5420,267 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2017-202</w:t>
             </w:r>
             <w:r w:rsidR="00C2675E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5872C046" w14:textId="28901A88" w:rsidR="00B72D73" w:rsidRPr="00B72D73" w:rsidRDefault="00B72D73" w:rsidP="00B72D73">
+          <w:p w14:paraId="5872C046" w14:textId="1AAFF689" w:rsidR="00B72D73" w:rsidRPr="00B72D73" w:rsidRDefault="00396642" w:rsidP="00B72D73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="66606D65">
-[...13 lines deleted...]
-              <w:t>9</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A232C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AE1640" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00300ACB" w:rsidRPr="00300ACB" w14:paraId="426A0B49" w14:textId="77777777" w:rsidTr="00300ACB">
         <w:tc>
@@ -7662,87 +7475,51 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B02A244" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utilized genetic and molecular techniques (including nucleic acid purification, polymerase chain reaction [PCR], immunofluorescence microscopy, quantitative PCR, western blot analysis, etc.) to study a </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> studies, generated graphics for data presentation. Taught and managed undergraduate research assistants. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Presented work at national meetings, departmental symposia, and laboratory meetings. Helped in laboratory equipment maintenance and biohazardous/chemical/ radioactive waste disposal.  </w:t>
+              <w:t>Utilized genetic and molecular techniques (including nucleic acid purification, polymerase chain reaction [PCR], immunofluorescence microscopy, quantitative PCR, western blot analysis, etc.) to study a cell to cell communication system in bacteria. Managed independent projects, collected data on short term and long term studies, generated graphics for data presentation. Taught and managed undergraduate research assistants. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Presented work at national meetings, departmental symposia, and laboratory meetings. Helped in laboratory equipment maintenance and biohazardous/chemical/ radioactive waste disposal.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BB71EAF" w14:textId="7157AF86" w:rsidR="005040E7" w:rsidRDefault="005040E7" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57A4DA2A" w14:textId="0930F794" w:rsidR="16D3A3B0" w:rsidRDefault="16D3A3B0" w:rsidP="16D3A3B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -8043,69 +7820,51 @@
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A65FD6C" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="005040E7" w:rsidRDefault="005040E7" w:rsidP="005040E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005040E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utilized genetic and molecular techniques to study various issues in microbial ecology (including single nucleotide polymorphisms analysis for microbial communities). Managed independent projects, collected data on short term and </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> studies, generated graphics for data presentation. Taught laboratory techniques to undergraduate and graduate students. Maintained laboratory stocks and dishware. Presented work at university symposia. </w:t>
+              <w:t>Utilized genetic and molecular techniques to study various issues in microbial ecology (including single nucleotide polymorphisms analysis for microbial communities). Managed independent projects, collected data on short term and long term studies, generated graphics for data presentation. Taught laboratory techniques to undergraduate and graduate students. Maintained laboratory stocks and dishware. Presented work at university symposia. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BF59586" w14:textId="77777777" w:rsidR="005040E7" w:rsidRPr="00C00034" w:rsidRDefault="005040E7" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D1761D1" w14:textId="4A946199" w:rsidR="005040E7" w:rsidRDefault="005040E7" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -8420,131 +8179,51 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Webb, J.S.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...79 lines deleted...]
-              <w:t>.0057609.</w:t>
+              <w:t>, Nikolakakis, K., Willet, J., Aoki, S.K., Braaten, B.A., Hayes, C.S. and Low, D.A. (2013) Delivery of CdiA Nuclease Toxins into Target Cells during Contact-Dependent Growth Inhibition. PLoS ONE 8(2): e57609. doi:10.1371/journal.pone.0057609.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38F02D66" w14:textId="77777777" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
@@ -8630,91 +8309,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3817EAB2" w14:textId="77777777" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aoki, S.K., Diner, E.J., </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">, C., Burgess, B.R., Poole, S.J., Braaten, B.A., Jones, A.M., </w:t>
+              <w:t xml:space="preserve">Aoki, S.K., Diner, E.J., t'Kint de Roodenbeke, C., Burgess, B.R., Poole, S.J., Braaten, B.A., Jones, A.M., </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Webb, J.S.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Hayes, C.S., Cotter, P.A., and Low, D.A. (2010) A widespread family of polymorphic contact-dependent toxin delivery systems in bacteria. Nature 468:439-442.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
@@ -8772,171 +8411,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CB527E3" w14:textId="7F9FE112" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Aoki, S.K., </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">, S., </w:t>
+              <w:t xml:space="preserve">Aoki, S.K., Maliverni, J.C., Jacoby, K., Thomas, B., Pamma, R., Trinh B.N., Remers, S., </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Webb, J.S.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Braaten, B.A., Silhavy, T.J., and Low, D.A. (2008). Contact-dependent growth inhibition requires the essential outer membrane protein </w:t>
-[...59 lines deleted...]
-              <w:t>. Molecular Microbiology 70:323-340. </w:t>
+              <w:t>, Braaten, B.A., Silhavy, T.J., and Low, D.A. (2008). Contact-dependent growth inhibition requires the essential outer membrane protein BamA (YaeT) as the receptor and the inner membrane transport protein AcrB. Molecular Microbiology 70:323-340. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="338A64E1" w14:textId="77777777" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CC7E496" w14:textId="77777777" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
@@ -8986,83 +8525,52 @@
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">C. Duda, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>J. Webb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, K. </w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, K. Vaona, and J. Miyaoka. Internal Validation of QIAcube</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Automated Wash Protocol for Differential Extractions. International Symposium on Human Identification. Phoenix, AZ. September 29-October 2, 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9077,91 +8585,51 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Julia S. Webb</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Stephanie K. Aoki, Bruce A. Braaten, and David A. Low. Biogenesis and Delivery of </w:t>
-[...39 lines deleted...]
-              <w:t>. American Society of Microbiology Annual Meeting. New Orleans, LA. May 20 - 24, 2011. </w:t>
+              <w:t>, Stephanie K. Aoki, Bruce A. Braaten, and David A. Low. Biogenesis and Delivery of Uropathogenic Escherichia coli 536 CdiA. American Society of Microbiology Annual Meeting. New Orleans, LA. May 20 - 24, 2011. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4092D6C5" w14:textId="77777777" w:rsidR="00C14BF0" w:rsidRDefault="00C14BF0" w:rsidP="00C14BF0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
@@ -9227,185 +8695,144 @@
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Nancy M. DuTeau, Gail Bernadino-Lang, Donald A. Klein, Janet Kemp, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Julia Shimizu (Webb)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Jessica Bushanam, and Jenna Horne. </w:t>
-[...39 lines deleted...]
-              <w:t>. Society for Vector Ecology Annual Meeting. Boston, MA. September 26-29, 2004</w:t>
+              <w:t>, Jessica Bushanam, and Jenna Horne. Identifiying Mosquito Gut Candidates for Paratransgenesis. Society for Vector Ecology Annual Meeting. Boston, MA. September 26-29, 2004</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F7F04A6" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
+    <w:p w14:paraId="68845C2F" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40BA5477" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
+    <w:p w14:paraId="54642CC9" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0ECA4A62" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3">
+    <w:p w14:paraId="68B06B94" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -9417,77 +8844,78 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00AE1640" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -9724,50 +9152,51 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="001C417A">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -9776,50 +9205,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -9872,71 +9302,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A323CD0" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
+    <w:p w14:paraId="6DD8FA61" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B6D726D" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3" w:rsidP="00D73674">
+    <w:p w14:paraId="7B8907AA" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1489C1A3" w14:textId="77777777" w:rsidR="00D95CE3" w:rsidRDefault="00D95CE3">
+    <w:p w14:paraId="0D735F42" w14:textId="77777777" w:rsidR="008742B2" w:rsidRDefault="008742B2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -10031,52 +9461,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -10096,169 +9525,181 @@
     <w:rsid w:val="00152488"/>
     <w:rsid w:val="00153081"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00175589"/>
     <w:rsid w:val="001A7D36"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001C417A"/>
     <w:rsid w:val="001E3E24"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00227676"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="00284F18"/>
     <w:rsid w:val="002C4624"/>
     <w:rsid w:val="002D7DF8"/>
     <w:rsid w:val="00300ACB"/>
     <w:rsid w:val="00313977"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="0036599F"/>
     <w:rsid w:val="00382C67"/>
     <w:rsid w:val="00393DEB"/>
+    <w:rsid w:val="00396642"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D08FC"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F0AB3"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="004212FD"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00423A7E"/>
     <w:rsid w:val="00431960"/>
+    <w:rsid w:val="0043443F"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00456DAC"/>
     <w:rsid w:val="00457C83"/>
     <w:rsid w:val="004622DA"/>
     <w:rsid w:val="00463BA1"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00487C25"/>
     <w:rsid w:val="004A2D00"/>
     <w:rsid w:val="004B50F5"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F5504"/>
     <w:rsid w:val="005040E7"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00567E20"/>
     <w:rsid w:val="00577807"/>
     <w:rsid w:val="005C72D2"/>
     <w:rsid w:val="005D257C"/>
     <w:rsid w:val="005E601E"/>
     <w:rsid w:val="006011E7"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00625263"/>
     <w:rsid w:val="00637FDA"/>
     <w:rsid w:val="00663F1A"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
+    <w:rsid w:val="006A0CFD"/>
     <w:rsid w:val="006B28C8"/>
+    <w:rsid w:val="006B49CB"/>
     <w:rsid w:val="006D3782"/>
     <w:rsid w:val="006D6CC8"/>
     <w:rsid w:val="00723D1B"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A2B10"/>
     <w:rsid w:val="007A3411"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B0E2E"/>
     <w:rsid w:val="007C2299"/>
     <w:rsid w:val="007C22B6"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00857704"/>
     <w:rsid w:val="00864099"/>
+    <w:rsid w:val="00867A4E"/>
+    <w:rsid w:val="008742B2"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A06D2"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B17D5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008F72A4"/>
     <w:rsid w:val="00926D5B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0094255D"/>
     <w:rsid w:val="009954B2"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009C1430"/>
     <w:rsid w:val="009D12F4"/>
     <w:rsid w:val="00A0057D"/>
     <w:rsid w:val="00A12A9F"/>
     <w:rsid w:val="00A218CC"/>
+    <w:rsid w:val="00A232C6"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB3ABC"/>
+    <w:rsid w:val="00AE1640"/>
     <w:rsid w:val="00B00018"/>
     <w:rsid w:val="00B06C03"/>
     <w:rsid w:val="00B1455F"/>
     <w:rsid w:val="00B4686C"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B63A4D"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B72D73"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C01536"/>
     <w:rsid w:val="00C107CE"/>
     <w:rsid w:val="00C12910"/>
     <w:rsid w:val="00C131A7"/>
     <w:rsid w:val="00C14BF0"/>
+    <w:rsid w:val="00C20259"/>
     <w:rsid w:val="00C2675E"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C63F53"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C75D35"/>
     <w:rsid w:val="00C900D8"/>
     <w:rsid w:val="00CC3895"/>
     <w:rsid w:val="00CD2ACB"/>
     <w:rsid w:val="00CE7B90"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D779FF"/>
     <w:rsid w:val="00D95CE3"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD3E7B"/>
     <w:rsid w:val="00DD44E7"/>
     <w:rsid w:val="00E54E65"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E86949"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F47628"/>
     <w:rsid w:val="00F54527"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
+    <w:rsid w:val="00FC0E45"/>
     <w:rsid w:val="0303EB2B"/>
     <w:rsid w:val="045C9C92"/>
     <w:rsid w:val="169194B8"/>
     <w:rsid w:val="16D3A3B0"/>
     <w:rsid w:val="19422121"/>
     <w:rsid w:val="1D2B2AFD"/>
     <w:rsid w:val="1E4BB4DF"/>
     <w:rsid w:val="21E0AE17"/>
     <w:rsid w:val="26E6A1E4"/>
     <w:rsid w:val="2A3A6257"/>
     <w:rsid w:val="36700DA8"/>
     <w:rsid w:val="375EBB49"/>
     <w:rsid w:val="383C5143"/>
     <w:rsid w:val="464EBCBD"/>
     <w:rsid w:val="466DD35E"/>
     <w:rsid w:val="472B03C2"/>
     <w:rsid w:val="47F0EB39"/>
     <w:rsid w:val="4809A3BF"/>
     <w:rsid w:val="48B99EB3"/>
     <w:rsid w:val="4A365873"/>
     <w:rsid w:val="59A46ECF"/>
     <w:rsid w:val="5B60C137"/>
     <w:rsid w:val="66606D65"/>
     <w:rsid w:val="68190AD4"/>
     <w:rsid w:val="6F99F48B"/>
@@ -17073,51 +16514,50 @@
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -17131,111 +16571,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="Yu Gothic"/>
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
+    <w:rsid w:val="00341E8B"/>
     <w:rsid w:val="0036599F"/>
     <w:rsid w:val="00402611"/>
     <w:rsid w:val="004851B5"/>
     <w:rsid w:val="005C72D2"/>
     <w:rsid w:val="005D257C"/>
+    <w:rsid w:val="006B49CB"/>
     <w:rsid w:val="006F4C53"/>
     <w:rsid w:val="007A2B10"/>
+    <w:rsid w:val="00867A4E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00A65F08"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B63A4D"/>
+    <w:rsid w:val="00C01536"/>
     <w:rsid w:val="00CC3895"/>
     <w:rsid w:val="00CD2ACB"/>
     <w:rsid w:val="00CE0C01"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DD44E7"/>
     <w:rsid w:val="00E74ADE"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00FC0E45"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="079A3DA6"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -17970,114 +17416,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...51 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -18151,51 +17544,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -18396,115 +17789,157 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">22</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD3C73FF-D086-4A0A-8C1B-26537EAF46DB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1724</Words>
-  <Characters>9829</Characters>
+  <Characters>9830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11530</CharactersWithSpaces>
+  <CharactersWithSpaces>11531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>