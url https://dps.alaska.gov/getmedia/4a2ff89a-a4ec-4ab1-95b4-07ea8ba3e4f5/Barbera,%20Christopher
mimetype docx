--- v0 (2025-10-18)
+++ v1 (2026-02-03)
@@ -1,37 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -59,86 +58,87 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="63094ADC" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="39C36418" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F62AA6">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Christopher Barbera</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,105 +147,107 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-09T00:00:00Z">
+          <w:date w:fullDate="2026-01-26T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F62AA6">
+          <w:r w:rsidR="008C6E16">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/9/2025</w:t>
+            <w:t>1/26/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="09458A9B" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F62AA6">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist 3</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -302,50 +304,51 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -387,50 +390,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -496,50 +500,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -581,50 +586,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3AA69D9F" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00F62AA6" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -654,50 +660,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -748,50 +755,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -830,50 +838,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -915,50 +924,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1171,173 +1181,177 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1431,90 +1445,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bachelors of Arts </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1524,132 +1539,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -1816,67 +1834,51 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F602" w14:textId="36F51F90" w:rsidR="007B40A4" w:rsidRPr="007F2E28" w:rsidRDefault="007B40A4" w:rsidP="007B40A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B40A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Association of Firearm and Toolmark Examiners (AFTE) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (Anchorage, AK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F603" w14:textId="6CD9A6B3" w:rsidR="007B40A4" w:rsidRPr="007F2E28" w:rsidRDefault="007B40A4" w:rsidP="007B40A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B40A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Association of Firearm and Toolmark Examiners (AFTE)</w:t>
             </w:r>
           </w:p>
@@ -2580,69 +2582,51 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CDF3377" w14:textId="48DA03EB" w:rsidR="007B40A4" w:rsidRPr="007F2E28" w:rsidRDefault="00594A7C" w:rsidP="007B40A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In-House evidence handling, toxicology log-in, blood and urine screens</w:t>
             </w:r>
             <w:r w:rsidR="00825003">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> calibration</w:t>
+              <w:t>, Intoxilizer calibration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19C64881" w14:textId="291030D4" w:rsidR="007B40A4" w:rsidRPr="007F2E28" w:rsidRDefault="00825003" w:rsidP="007B40A4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Kentucky State Police Central Forensic Laboratory </w:t>
             </w:r>
           </w:p>
@@ -2709,51 +2693,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2762,132 +2746,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -2921,66 +2908,66 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F616" w14:textId="45E1893D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00192D32" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2024-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="785AB103" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00192D32" w:rsidP="007F2E28">
-[...14 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="61D1F617" w14:textId="0DC9B200" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00815354" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F61C" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F619" w14:textId="388469C6" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00192D32" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -3031,220 +3018,224 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -3393,50 +3384,51 @@
         <w:gridCol w:w="4031"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3421"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00192D32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3460,50 +3452,51 @@
               </w:rPr>
               <w:t>Forensic Scientist III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3529,50 +3522,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00192D32" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00192D32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="487C4F2D844640D9AF7AC685631E624C"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="00192D32" w:rsidRPr="007F2E28" w:rsidRDefault="00192D32" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3649,114 +3643,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Firearm and toolmark identification, muzzle-to-target distance determination, serial number restoration, evidence intake and handling, maintenance of instruments, report writing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3777,50 +3773,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist- Firearms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3843,50 +3840,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2025 - May2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -3979,114 +3977,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>serial number restoration, evidence handling, maintenance of instruments, report writing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4021"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3433"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4107,50 +4107,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Forensic Scientist Specialist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4173,50 +4174,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>December 2023 – January  2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4285,114 +4287,116 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4413,50 +4417,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Forensic Scientist Specialist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4479,50 +4484,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 2023 -December 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4591,114 +4597,116 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008C6E16" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4719,50 +4727,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Forensic Firearms &amp; Toolmark Examiner II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4785,50 +4794,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 2021 - September 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4942,50 +4952,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="00422601" w:rsidRPr="007F2E28" w14:paraId="4338E36C" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1022592975"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="60560AA6" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5006,50 +5017,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Forensic Firearms &amp; Toolmark Examiner I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1498722366"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="33272886" w14:textId="77777777" w:rsidR="00422601" w:rsidRPr="007F2E28" w:rsidRDefault="00422601" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5072,50 +5084,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 2018 - April 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="49B3261A" w14:textId="77777777" w:rsidTr="008F10C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-304774940"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="78796CE4" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="00EF04D2">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5216,50 +5229,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="0DE700FD" w14:textId="77777777" w:rsidTr="001231DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1402021111"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="406A984D" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5280,50 +5294,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Chemist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1716928711"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3F52CFDB" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5346,50 +5361,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>June 2018 – September 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="74BF3B61" w14:textId="77777777" w:rsidTr="001231DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1641148475"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="721DA52D" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5490,50 +5506,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="7B9A3542" w14:textId="77777777" w:rsidTr="001231DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1110503377"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="53B8CEBD" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5554,50 +5571,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chemist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="790175029"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="72C44611" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5620,50 +5638,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2017 - June 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F10C4" w:rsidRPr="007F2E28" w14:paraId="0E9D813E" w14:textId="77777777" w:rsidTr="001231DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-753358379"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="65FA26FA" w14:textId="77777777" w:rsidR="008F10C4" w:rsidRPr="007F2E28" w:rsidRDefault="008F10C4" w:rsidP="001231DD">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6269,59 +6288,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>4/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EF4B583" w14:textId="174BDB00" w:rsidR="00D25E6F" w:rsidRPr="00A15FA8" w:rsidRDefault="00D25E6F" w:rsidP="00D25E6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6360,59 +6371,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
               <w:t>4/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00A15FA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/201</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE40F9F" w14:textId="67065E94" w:rsidR="00D25E6F" w:rsidRPr="00A15FA8" w:rsidRDefault="00D25E6F" w:rsidP="00D25E6F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7283,97 +7286,96 @@
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="1486142D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00723FFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="11245B77" w14:textId="77777777" w:rsidR="005044BA" w:rsidRDefault="005044BA" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="30409FE2" w14:textId="77777777" w:rsidR="005044BA" w:rsidRDefault="005044BA" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7384,77 +7386,78 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="008C6E16" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -7691,50 +7694,51 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00F62AA6">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -7743,50 +7747,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -7991,52 +7996,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
@@ -8059,62 +8063,65 @@
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E68D2"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005044BA"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00594A7C"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00723FFB"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B40A4"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="0080125D"/>
+    <w:rsid w:val="00815354"/>
     <w:rsid w:val="00825003"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
+    <w:rsid w:val="008C6E16"/>
     <w:rsid w:val="008F10C4"/>
     <w:rsid w:val="00933337"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00B3314C"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D25E6F"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D86082"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00F62AA6"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -8525,50 +8532,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8613,51 +8621,51 @@
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D73674"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002343CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -8840,78 +8848,77 @@
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="487C4F2D844640D9AF7AC685631E624C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E0409886-FF2C-4819-B2EE-D54D93585783}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="00536DCA" w:rsidP="00536DCA">
+        <w:p w:rsidR="00F7782B" w:rsidRDefault="00536DCA" w:rsidP="00536DCA">
           <w:pPr>
             <w:pStyle w:val="487C4F2D844640D9AF7AC685631E624C"/>
           </w:pPr>
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8956,55 +8963,57 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00536DCA"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00933337"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00B3314C"/>
     <w:rsid w:val="00CF3147"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00F7782B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9748,400 +9757,66 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...44 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008EC591E06D198149A00B8231B5E0BD20" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5de0072350882fe3d849ac15023f7268">
-[...289 lines deleted...]
-</ct:contentTypeSchema>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -10215,51 +9890,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -10461,146 +10136,167 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...8 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">88</Staff_x0020_Member>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9FF069-4D69-4920-8FEF-C0F346B364F2}">
-[...23 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06A0D973-375D-46D8-8BB7-C2D0C0E92354}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>962</Words>
-  <Characters>5486</Characters>
+  <Words>871</Words>
+  <Characters>5578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>265</Lines>
+  <Paragraphs>208</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6436</CharactersWithSpaces>
+  <CharactersWithSpaces>6241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>