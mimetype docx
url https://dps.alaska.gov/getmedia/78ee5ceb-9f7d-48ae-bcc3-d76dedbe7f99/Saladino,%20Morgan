--- v0 (2025-10-07)
+++ v1 (2026-02-24)
@@ -1,37 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -59,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="23D287E3" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="1FED7557" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,66 +146,66 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-23T00:00:00Z">
+          <w:date w:fullDate="2026-01-20T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D52B6F">
+          <w:r w:rsidR="001643CE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/23/2025</w:t>
+            <w:t>1/20/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="08624857" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1091,78 +1090,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -3074,78 +3054,59 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3391,124 +3352,186 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F651" w14:textId="608F2328" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D7071E" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F651" w14:textId="32E6B3FD" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00D7071E" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Support the Physical division through </w:t>
             </w:r>
             <w:r w:rsidR="00D03CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">preparing laboratory materials used in evidence analysis, </w:t>
             </w:r>
             <w:r w:rsidR="00E527C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">coordinating transfers of evidence, and </w:t>
             </w:r>
             <w:r w:rsidR="00E53539">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">preparing discovery packets. </w:t>
+              <w:t>preparing discovery packets.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE26AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001862FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Intake</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE26AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evidence from law enforcement agencies and </w:t>
+            </w:r>
+            <w:r w:rsidR="004E65DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">perform case entry. Complete </w:t>
+            </w:r>
+            <w:r w:rsidR="003C5CD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">regular </w:t>
+            </w:r>
+            <w:r w:rsidR="00705D61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inventories of evidence </w:t>
+            </w:r>
+            <w:r w:rsidR="00D64D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="00B173C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> frequent</w:t>
+            </w:r>
+            <w:r w:rsidR="00D64D13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laboratory safety checks. </w:t>
             </w:r>
             <w:r w:rsidR="0071005C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Assist </w:t>
             </w:r>
             <w:r w:rsidR="004B04D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the Quality Assurance Manager with </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003B505B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>labwide</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">labwide </w:t>
             </w:r>
             <w:r w:rsidR="004B04D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QA/QC tasks.</w:t>
             </w:r>
             <w:r w:rsidR="00C223AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4240,160 +4263,155 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F690" w14:textId="0DACF763" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00222E85" w:rsidP="00F7381B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adult and Child CPR Certification – Expires </w:t>
+            </w:r>
+            <w:r w:rsidR="00766D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>06/2027</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74C8F77D" w14:textId="77777777" w:rsidR="0059654F" w:rsidRDefault="0059654F" w:rsidP="00D73674">
+    <w:p w14:paraId="18B8564F" w14:textId="77777777" w:rsidR="00C146ED" w:rsidRDefault="00C146ED" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01731ABD" w14:textId="77777777" w:rsidR="0059654F" w:rsidRDefault="0059654F" w:rsidP="00D73674">
+    <w:p w14:paraId="40FB404C" w14:textId="77777777" w:rsidR="00C146ED" w:rsidRDefault="00C146ED" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4880,61 +4898,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="560AE225" w14:textId="77777777" w:rsidR="0059654F" w:rsidRDefault="0059654F" w:rsidP="00D73674">
+    <w:p w14:paraId="2C1BC85B" w14:textId="77777777" w:rsidR="00C146ED" w:rsidRDefault="00C146ED" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="620714DE" w14:textId="77777777" w:rsidR="0059654F" w:rsidRDefault="0059654F" w:rsidP="00D73674">
+    <w:p w14:paraId="3DEAE605" w14:textId="77777777" w:rsidR="00C146ED" w:rsidRDefault="00C146ED" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -5033,157 +5051,171 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
+    <w:rsid w:val="001643CE"/>
     <w:rsid w:val="001677A0"/>
+    <w:rsid w:val="001862FA"/>
     <w:rsid w:val="001B11B0"/>
+    <w:rsid w:val="001E732A"/>
     <w:rsid w:val="00207121"/>
+    <w:rsid w:val="00222E85"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="003B505B"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003C5CD1"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B04D5"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D374D"/>
+    <w:rsid w:val="004E65DA"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="0059654F"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006360AE"/>
     <w:rsid w:val="00662987"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006661C5"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="0068480C"/>
+    <w:rsid w:val="00705D61"/>
     <w:rsid w:val="0071005C"/>
     <w:rsid w:val="00763D80"/>
+    <w:rsid w:val="00766D19"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="00821BF9"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00902246"/>
     <w:rsid w:val="00930ED7"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946064"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009A432A"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA20AA"/>
     <w:rsid w:val="00AC40DA"/>
+    <w:rsid w:val="00B173C9"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00BE26AD"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C146ED"/>
     <w:rsid w:val="00C223AE"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D03CC4"/>
     <w:rsid w:val="00D52B6F"/>
+    <w:rsid w:val="00D64D13"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D7071E"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
+    <w:rsid w:val="00E07C84"/>
     <w:rsid w:val="00E527C3"/>
     <w:rsid w:val="00E53539"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
+    <w:rsid w:val="00F8137D"/>
     <w:rsid w:val="00F8591A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -5662,51 +5694,51 @@
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D73674"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002343CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -5968,61 +6000,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
+    <w:rsid w:val="000B76E6"/>
     <w:rsid w:val="001B3E0F"/>
+    <w:rsid w:val="001E732A"/>
     <w:rsid w:val="00273C1C"/>
     <w:rsid w:val="0027524C"/>
+    <w:rsid w:val="00276FB0"/>
     <w:rsid w:val="006661C5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A432A"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00E07C84"/>
     <w:rsid w:val="00EA15D5"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -6755,111 +6791,111 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6875,51 +6911,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -7120,475 +7156,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...293 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">70</Staff_x0020_Member>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{645727AE-9831-493D-BBCF-2669BF259DA4}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...36 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>573</Words>
-  <Characters>3268</Characters>
+  <Words>557</Words>
+  <Characters>3485</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>193</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3834</CharactersWithSpaces>
+  <CharactersWithSpaces>3951</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>