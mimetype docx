--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="6FCF57DA" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="137674C4">
+    <w:p w14:paraId="61D1F5B4" w14:textId="280B7AC5" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="137674C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="137674C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -160,67 +160,67 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="137674C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-09T00:00:00Z">
+          <w:date w:fullDate="2025-11-13T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="001D5194">
+          <w:r w:rsidR="00457C4B">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/9/2025</w:t>
+            <w:t>11/13/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="778212C4" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1141,78 +1141,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEB40FA" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006843BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
@@ -1434,147 +1415,143 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="1624639C" w14:textId="77777777" w:rsidTr="006843BA">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1950E9C7" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>University of Alaska Anchorage </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5025346F" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2009-2016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E59688E" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Natural Science </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="070CEE73" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bachelor of Natural Science </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
@@ -1807,526 +1784,459 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="1A13FD18" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15EFB3A6" w14:textId="5D404973" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fingerprint Processing on Difficult Surfaces </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27CB947D" w14:textId="14C46093" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Online Texas Forensic Science Academy  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="480C4731" w14:textId="0B852CBA" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sept 11, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Sept 11, 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="57972D3A" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FBE0FDE" w14:textId="30DD2332" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="007943B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Methods of Instruction </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3973C557" w14:textId="310FEC88" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="007943B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In class </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="296660AA" w14:textId="3E902A1B" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="007943B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sept 3-9, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Sept 3-9, 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="3C85D284" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BEB53CB" w14:textId="5312E429" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="00A45C44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Completed Alaska Scientific Crime Detection Laboratory Latent Print Processing Training (2 months) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DFA5D99" w14:textId="0E02C468" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="00A45C44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E5A208" w14:textId="70A56108" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="00A45C44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oct 15, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Oct 15, 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="639098CD" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BE1307A" w14:textId="70BDFC78" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Completed Alaska Scientific Crime Detection Laboratory Crime Scene Processing Training (12 months) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AC0109C" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="590D78FB" w14:textId="154A2736" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74E72C04" w14:textId="18CEF0DB" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nov 2019-Nov 2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="7844BA8D" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1083CEFA" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Post-Blast Investigator’s School (40 hours) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D42DA59" w14:textId="2BA7FD73" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2334,51 +2244,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B352CB2" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SSABT Kevin Finnerty - Federal Bureau of Investigation Laboratory Division Explosives Unit </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48BF550F" w14:textId="4200B561" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2386,51 +2295,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="689BDCA9" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 12-16, 2021 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F2EFA49" w14:textId="3E6D1D94" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2443,83 +2351,81 @@
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="320EE22D" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FB5B31F" w14:textId="60D6A6A4" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tonal Transitions: Causes and Visual Effects </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6280B7F4" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics (Online) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07321ED8" w14:textId="7F1DF403" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2527,138 +2433,117 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28D5EDC2" w14:textId="65DAC83C" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nov 18, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Nov 18, 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="0DD8D406" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FFB87C0" w14:textId="69D45AB3" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Landmark Based Morphometrics: A New Approach to Friction Ridge Examinations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62D2FF38" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics (Online) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FB0BA67" w14:textId="53960094" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2666,328 +2551,284 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BBC9CD0" w14:textId="08125DF8" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">March 7, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>March 7, 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="3B6F6B81" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="524A926A" w14:textId="29EB8EAE" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Basic Fingerprint Distortion </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53E5522E" w14:textId="00CDB68F" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics (Online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F8E9178" w14:textId="4FB02846" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">March 9, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>March 9, 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="139D0024" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C7C1592" w14:textId="61899DC5" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Completed Alaska Scientific Crime Detection Laboratory Latent Print Examination Training  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6186A1B8" w14:textId="16C955D9" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04F7058F" w14:textId="27CC8DC8" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>April 2021-March 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="421A094A" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="486EBCC3" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
@@ -3127,51 +2968,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Statistical Ideas for Forensic Practitioners </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71757B5E" w14:textId="77777777" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Association for Identification (IAI)</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -3218,627 +3058,497 @@
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D0774D6" w14:textId="49BE1D14" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">July 31 – August 6, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>July 31 – August 6, 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="1C3C2F38" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BE323A9" w14:textId="2D046B03" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Complex Latent Print Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53DC0B0C" w14:textId="5437EF82" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Delta Forensics (Online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BA0A08E" w14:textId="01A12522" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oct 6, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>Oct 6, 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="0E6D9F03" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67CC965B" w14:textId="6E859ABB" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Root Causes Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B2EE75F" w14:textId="5ACDAE1A" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anja </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Training (in person)</w:t>
+              <w:t>Anja Einseln/Seaglass Training (in person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="316F1B0D" w14:textId="68012F12" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 9, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="6C4DF23B" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E79EF0A" w14:textId="5C2C4FBD" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Review of Ethics, Impartiality and Confidentiality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F65F8E2" w14:textId="77777777" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anja </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Training (in person)</w:t>
+              <w:t>Anja Einseln/Seaglass Training (in person)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46D407E8" w14:textId="2AFBF801" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F402EBD" w14:textId="60AF0B67" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 10, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w14:paraId="4208C3ED" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04F16DFC" w14:textId="044B54EA" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Palm Prints Searching Smart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28EA5327" w14:textId="59054E40" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ron Smith &amp; Associates (Online)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56797B02" w14:textId="4D2FDBD0" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May-June 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0F87" w14:paraId="4F601EEB" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65EBC1D2" w14:textId="77777777" w:rsidR="00EC0F87" w:rsidRDefault="00EC0F87" w:rsidP="00EC0F87">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:divId w:val="1584951710"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3986,51 +3696,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="59D461BF">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Latent Print Advanced Testimony</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268CA7D5" w14:textId="265E5811" w:rsidR="00EC0F87" w:rsidRPr="1769962C" w:rsidRDefault="00EC0F87" w:rsidP="00EC0F87">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Association for Identification (IAI) National Harbor, Maryland</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4039,543 +3748,508 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D0F4F3F" w14:textId="0C655DDE" w:rsidR="00EC0F87" w:rsidRPr="1769962C" w:rsidRDefault="00EC0F87" w:rsidP="00EC0F87">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">August 21-25, </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>August 21-25, 2023</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00854809" w14:paraId="53CC800B" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C965C11" w14:textId="4DF5A8CC" w:rsidR="00854809" w:rsidRPr="1769962C" w:rsidRDefault="00854809" w:rsidP="00854809">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Social Media Fingerprints and Other Inadvertently Photographed Ridge Detail (8 hours)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F56D8C2" w14:textId="645983E8" w:rsidR="00854809" w:rsidRPr="1769962C" w:rsidRDefault="00854809" w:rsidP="00854809">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tim Fayle, CLPE – Ron Smith &amp; Associates (Online)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21C66990" w14:textId="6487B570" w:rsidR="00854809" w:rsidRPr="1769962C" w:rsidRDefault="00EC0F87" w:rsidP="00854809">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 9, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="3DC90D9D" w14:paraId="2213AFBA" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57CBDEC0" w14:textId="0734009E" w:rsidR="3EE8A239" w:rsidRDefault="3EE8A239" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Advanced Fingerprint Distortion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C43798B" w14:textId="52CFA3CA" w:rsidR="3EE8A239" w:rsidRDefault="3EE8A239" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2954580D" w14:textId="0B45D7D3" w:rsidR="3EE8A239" w:rsidRDefault="3EE8A239" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>October,</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 10 2023</w:t>
+              <w:t>October, 10 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w14:paraId="6406E48D" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="750A29ED" w14:textId="59AF2758" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Implementing the Expanded OSAC Conclusion Scale (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79F6F62F" w14:textId="25E5A840" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dr. Glenn Langenburg – Elite Forensic Services and Evolve Forensics (Online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23A21B55" w14:textId="6A9318D7" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>November 29, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="3DC90D9D" w14:paraId="6A7C4FDF" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62DCCA11" w14:textId="69A75682" w:rsidR="64715DC7" w:rsidRDefault="64715DC7" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The Trouble with Exclusions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D87D49A" w14:textId="7EA6BED3" w:rsidR="64715DC7" w:rsidRDefault="64715DC7" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EF87FF9" w14:textId="646AD175" w:rsidR="64715DC7" w:rsidRDefault="64715DC7" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>June 20, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w14:paraId="3CF2F738" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F05DCE" w14:textId="66B2686E" w:rsidR="00035070" w:rsidRDefault="28ABFBA4" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>108</w:t>
             </w:r>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
@@ -4752,326 +4426,324 @@
               </w:rPr>
               <w:t>Navigating Complex Latent Print Analysis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="709DB4EA" w14:textId="4999EC2E" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="044537CD" w14:textId="7576C776" w:rsidR="00035070" w:rsidRDefault="28ABFBA4" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Association for Identification (IAI) Reno, Nevada </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B77FEE5" w14:textId="142FCF33" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3225F9B7" w14:textId="1B6D13C2" w:rsidR="00035070" w:rsidRDefault="28ABFBA4" w:rsidP="00035070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 12-16, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="2DEC498F" w14:paraId="3CE6A4BC" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57E89133" w14:textId="04B97655" w:rsidR="264E0A60" w:rsidRDefault="264E0A60" w:rsidP="2DEC498F">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2DEC498F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fingerprint Testimony – The Difficult Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B5D7DCB" w14:textId="1B04DE0A" w:rsidR="264E0A60" w:rsidRDefault="264E0A60" w:rsidP="2DEC498F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2DEC498F">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Brianne Breedlove - Uncover Forensics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7063DC96" w14:textId="3D5CC439" w:rsidR="264E0A60" w:rsidRDefault="264E0A60" w:rsidP="2DEC498F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2DEC498F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 17, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E709F6" w14:paraId="4CF69DE3" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44701EE2" w14:textId="7890ECD8" w:rsidR="00E709F6" w:rsidRPr="2DEC498F" w:rsidRDefault="005B7120" w:rsidP="2DEC498F">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CLPE Preparation Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C5D9062" w14:textId="034C72BB" w:rsidR="00E709F6" w:rsidRPr="2DEC498F" w:rsidRDefault="00664302" w:rsidP="2DEC498F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Delta Forensics (online)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C78AFA1" w14:textId="49BBEE0C" w:rsidR="00E709F6" w:rsidRPr="2DEC498F" w:rsidRDefault="001E1590" w:rsidP="2DEC498F">
+          <w:p w14:paraId="4C78AFA1" w14:textId="49BBEE0C" w:rsidR="00E709F6" w:rsidRPr="00A66D45" w:rsidRDefault="001E1590" w:rsidP="2DEC498F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidRPr="00A66D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>December</w:t>
             </w:r>
-            <w:r w:rsidR="000D7A03">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="000D7A03" w:rsidRPr="00A66D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20, 2024</w:t>
             </w:r>
-            <w:r w:rsidR="00A213E9">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:r w:rsidR="00A213E9" w:rsidRPr="00A66D45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – February 25, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
@@ -5336,124 +5008,120 @@
             </w:r>
             <w:r w:rsidR="0B0D149E" w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="4D2F137F" w14:textId="77777777" w:rsidTr="683C2649">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="44DACDD7" w14:textId="44A44217" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Latent Print </w:t>
             </w:r>
             <w:r w:rsidR="38039CAB" w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Examination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39034306" w14:textId="4BBFBF40" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="12293FF3" w:rsidP="138DEDD7">
+          <w:p w14:paraId="39034306" w14:textId="0210A4A8" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="00936C5D" w:rsidP="138DEDD7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="683C2649">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DD508D4" w14:textId="1F5BEFF1" w:rsidR="1D633346" w:rsidRDefault="1D633346" w:rsidP="138DEDD7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>21-03147</w:t>
             </w:r>
             <w:r w:rsidR="45BB4DE7" w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Anchorage</w:t>
@@ -5492,50 +5160,51 @@
             </w:r>
             <w:r w:rsidR="07E0E5F9" w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> July 20, 2021</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="340B3015" w14:textId="0CCC79BC" w:rsidR="1D633346" w:rsidRDefault="07E0E5F9" w:rsidP="138DEDD7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>21-06954 (Anchorage, Federal Court)</w:t>
             </w:r>
             <w:r w:rsidR="43058F0A" w:rsidRPr="138DEDD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> July 19, 2023</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18ED2472" w14:textId="2C6211F5" w:rsidR="1D633346" w:rsidRDefault="07E0E5F9" w:rsidP="138DEDD7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5F2F649F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5589,59 +5258,127 @@
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="683C2649">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">20-06054 (Anchorage Court) November </w:t>
             </w:r>
             <w:r w:rsidR="2B3CC0F1" w:rsidRPr="683C2649">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>27, 2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FC959D7" w14:textId="1DEB56FE" w:rsidR="1D633346" w:rsidRDefault="1D633346" w:rsidP="138DEDD7">
+          <w:p w14:paraId="621398C8" w14:textId="039811CD" w:rsidR="009462DF" w:rsidRDefault="003D5D0D" w:rsidP="683C2649">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>23-06594 (Anchorage Court) October 29, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B922D89" w14:textId="77777777" w:rsidR="1D633346" w:rsidRDefault="00B36653" w:rsidP="138DEDD7">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>21-02091</w:t>
+            </w:r>
+            <w:r w:rsidR="0080708E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Anchorage Court) November 5, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC959D7" w14:textId="7FBF37A2" w:rsidR="00936C5D" w:rsidRDefault="00936C5D" w:rsidP="138DEDD7">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>23-03788</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7EEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Anchorage Court) November </w:t>
+            </w:r>
+            <w:r w:rsidR="009F6A5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13, 2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
@@ -5794,193 +5531,171 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Offices or Positions Held/Dates </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="6F2987F2" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E78D9C1" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>International Association for Identification (IAI) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D4677AA" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Feb 2020 - Present </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3369713A" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Member </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F67D" w14:textId="4A718157" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
@@ -6055,51 +5770,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F746D18" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Identification Technician (Latent Print Examiner) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6132,51 +5846,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3100389A" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>June 2022 - Present </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="16FD0AED" w14:textId="77777777" w:rsidTr="006843BA">
@@ -6212,51 +5925,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8325" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28E291B8" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anchorage Police Department  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="76E56DD0" w14:textId="77777777" w:rsidTr="006843BA">
@@ -6284,51 +5996,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="15E5F3F4" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9315" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AB2BC12" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process a variety of physical evidence for latent friction ridge detail using physical, chemical and photographic techniques. Analyze and compare latent prints for identification purposes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -6395,51 +6106,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78BE67A1" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist II </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
@@ -6469,51 +6179,50 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tenure</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32A03A77" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2020 – June 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="4A8A3565" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
@@ -6546,51 +6255,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Employer</w:t>
             </w:r>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B5DDA3E" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, State of Alaska Scientific Crime Detection laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="35920501" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
@@ -6759,51 +6467,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15FECE5E" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
@@ -6850,51 +6557,50 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76A535E0" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>July 2019 – July 2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="6834A570" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
@@ -6964,51 +6670,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4788DA89" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Department of Public Safety, State of Alaska Scientific Crime Detection laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006843BA" w:rsidRPr="006843BA" w14:paraId="2AF11056" w14:textId="77777777" w:rsidTr="006843BA">
         <w:tc>
@@ -7097,78 +6802,59 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="7BE7F938" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D622DE" w14:textId="77777777" w:rsidR="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7289,81 +6975,81 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49D975E0" w14:textId="77777777" w:rsidR="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>April 20-22, 2021 –Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368BEE8A" w14:textId="77777777" w:rsidR="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314AE7A5" w14:textId="77777777" w:rsidR="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>October 11-14, 2021 –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7740,80 +7426,80 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78343497" w14:textId="77777777" w:rsidR="00F337D5" w:rsidRDefault="00F337D5" w:rsidP="00D73674">
+    <w:p w14:paraId="778E120C" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74BDEADB" w14:textId="77777777" w:rsidR="00F337D5" w:rsidRDefault="00F337D5" w:rsidP="00D73674">
+    <w:p w14:paraId="52F0F4DA" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -7826,51 +7512,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
@@ -8083,64 +7769,64 @@
                             <w:spacing w:line="224" w:lineRule="exact"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="61D1F6A4">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="61D1F6A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" style="position:absolute;margin-left:1in;margin-top:742.55pt;width:57.45pt;height:12pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjWFqC1gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9msaIFos1VpVYRU&#10;LlLhAyaOnUQkHjP2brJ8PWNnswX6VvFijcfj43POjLdX09CLgybfoS1lvlpLoa3CurNNKb9/u3v1&#10;VgofwNbQo9WlPGovr3YvX2xHV+gNttjXmgSDWF+MrpRtCK7IMq9aPYBfodOWDw3SAIG31GQ1wcjo&#10;Q59t1uvLbESqHaHS3nP2dj6Uu4RvjFbhizFeB9GXkrmFtFJaq7hmuy0UDYFrO3WiAc9gMUBn+dEz&#10;1C0EEHvqnkANnSL0aMJK4ZChMZ3SSQOrydf/qHlowemkhc3x7myT/3+w6vPhwX0lEab3OHEDkwjv&#10;7lH98MLiTQu20ddEOLYaan44j5Zlo/PF6Wq02hc+glTjJ6y5ybAPmIAmQ0N0hXUKRucGHM+m6ykI&#10;xck3m3eX+YUUio/yi83rdWpKBsVy2ZEPHzQOIgalJO5pAofDvQ+RDBRLSXzL4l3X96mvvf0rwYUx&#10;k8hHvjPzMFUTV0cRFdZHlkE4jwmPNQct0i8pRh6RUvqfeyAtRf/RshVxnpaAlqBaArCKr5YySDGH&#10;N2Geu72jrmkZeTbb4jXbZbok5ZHFiSe3PSk8jWicqz/3qerxI+1+AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAcbB0k+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6q2xiUIEFBNF&#10;VXuqVIXQQ48GO4CC1xQ7Cf37bk7JbWd3NPsm38x2YGcz+d6hhGghgBlsnO6xlfBdfbwkwHxQqNXg&#10;0Ej4Mx42xeNDrjLtLlia8z60jELQZ0pCF8KYce6bzljlF240SLeDm6wKJKeW60ldKNwOfCnEmlvV&#10;I33o1GjeOtMc9ycrYfuD5Xv/+1XvykPZV1Uq8HN9lPL5ad6+AgtmDjczXPEJHQpiqt0JtWcD6dWK&#10;uoTrkMQRMLIs4yQFVtMqFmkEvMj5fYviHwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACNY&#10;WoLWAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHGwdJPhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;">
+            <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1in;margin-top:742.55pt;width:57.45pt;height:12pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjWFqC1gEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9msaIFos1VpVYRU&#10;LlLhAyaOnUQkHjP2brJ8PWNnswX6VvFijcfj43POjLdX09CLgybfoS1lvlpLoa3CurNNKb9/u3v1&#10;VgofwNbQo9WlPGovr3YvX2xHV+gNttjXmgSDWF+MrpRtCK7IMq9aPYBfodOWDw3SAIG31GQ1wcjo&#10;Q59t1uvLbESqHaHS3nP2dj6Uu4RvjFbhizFeB9GXkrmFtFJaq7hmuy0UDYFrO3WiAc9gMUBn+dEz&#10;1C0EEHvqnkANnSL0aMJK4ZChMZ3SSQOrydf/qHlowemkhc3x7myT/3+w6vPhwX0lEab3OHEDkwjv&#10;7lH98MLiTQu20ddEOLYaan44j5Zlo/PF6Wq02hc+glTjJ6y5ybAPmIAmQ0N0hXUKRucGHM+m6ykI&#10;xck3m3eX+YUUio/yi83rdWpKBsVy2ZEPHzQOIgalJO5pAofDvQ+RDBRLSXzL4l3X96mvvf0rwYUx&#10;k8hHvjPzMFUTV0cRFdZHlkE4jwmPNQct0i8pRh6RUvqfeyAtRf/RshVxnpaAlqBaArCKr5YySDGH&#10;N2Geu72jrmkZeTbb4jXbZbok5ZHFiSe3PSk8jWicqz/3qerxI+1+AwAA//8DAFBLAwQUAAYACAAA&#10;ACEAcbB0k+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75X6D9ZW6q2xiUIEFBNF&#10;VXuqVIXQQ48GO4CC1xQ7Cf37bk7JbWd3NPsm38x2YGcz+d6hhGghgBlsnO6xlfBdfbwkwHxQqNXg&#10;0Ej4Mx42xeNDrjLtLlia8z60jELQZ0pCF8KYce6bzljlF240SLeDm6wKJKeW60ldKNwOfCnEmlvV&#10;I33o1GjeOtMc9ycrYfuD5Xv/+1XvykPZV1Uq8HN9lPL5ad6+AgtmDjczXPEJHQpiqt0JtWcD6dWK&#10;uoTrkMQRMLIs4yQFVtMqFmkEvMj5fYviHwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACNY&#10;WoLWAQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHGwdJPhAAAADQEAAA8AAAAAAAAAAAAAAAAAMAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="00616CEA" w:rsidP="00616CEA" w:rsidRDefault="00616CEA" w14:paraId="672A6659" w14:textId="77777777">
+                  <w:p w14:paraId="61D1F6A6" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRDefault="00616CEA" w:rsidP="00616CEA">
                     <w:pPr>
                       <w:spacing w:line="224" w:lineRule="exact"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -8296,61 +7982,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27059E38" w14:textId="77777777" w:rsidR="00F337D5" w:rsidRDefault="00F337D5" w:rsidP="00D73674">
+    <w:p w14:paraId="1C84D31E" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="404B7C12" w14:textId="77777777" w:rsidR="00F337D5" w:rsidRDefault="00F337D5" w:rsidP="00D73674">
+    <w:p w14:paraId="62CDBBE5" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -8448,155 +8134,170 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00035070"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000A39F3"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D7A03"/>
     <w:rsid w:val="00123608"/>
+    <w:rsid w:val="001272F4"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00197AC4"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D5194"/>
     <w:rsid w:val="001E1590"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002C7EEF"/>
     <w:rsid w:val="002F0119"/>
     <w:rsid w:val="00317125"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="0034623C"/>
     <w:rsid w:val="00361A96"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003D5D0D"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00457C4B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0050792C"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="00583446"/>
     <w:rsid w:val="005B7120"/>
     <w:rsid w:val="005F5F81"/>
     <w:rsid w:val="0060373F"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006316F2"/>
     <w:rsid w:val="00664302"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006843BA"/>
+    <w:rsid w:val="006A70A2"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007943B8"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="0080708E"/>
     <w:rsid w:val="00854809"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="009034CB"/>
     <w:rsid w:val="009271B4"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00936C5D"/>
+    <w:rsid w:val="009462DF"/>
     <w:rsid w:val="00954F3E"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009C5B19"/>
+    <w:rsid w:val="009F1702"/>
+    <w:rsid w:val="009F6A5D"/>
     <w:rsid w:val="00A213E9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A45C44"/>
     <w:rsid w:val="00A60574"/>
     <w:rsid w:val="00A62351"/>
+    <w:rsid w:val="00A66D45"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00B25239"/>
+    <w:rsid w:val="00B36653"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B90438"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C05997"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
+    <w:rsid w:val="00C963C8"/>
+    <w:rsid w:val="00CF3839"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E67F53"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E709F6"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC0F87"/>
     <w:rsid w:val="00F337D5"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F96528"/>
     <w:rsid w:val="021110A9"/>
     <w:rsid w:val="04DD34DD"/>
     <w:rsid w:val="06228D1B"/>
     <w:rsid w:val="0678D7CC"/>
     <w:rsid w:val="07E0E5F9"/>
     <w:rsid w:val="09F79288"/>
     <w:rsid w:val="0A468F3B"/>
     <w:rsid w:val="0ABB67EB"/>
     <w:rsid w:val="0B0D149E"/>
@@ -12787,51 +12488,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -12844,51 +12545,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
@@ -12902,64 +12603,70 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000A083B"/>
+    <w:rsid w:val="00174306"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00317125"/>
     <w:rsid w:val="00361A96"/>
     <w:rsid w:val="003760E1"/>
     <w:rsid w:val="00441045"/>
     <w:rsid w:val="0050792C"/>
+    <w:rsid w:val="006A70A2"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00B20310"/>
     <w:rsid w:val="00B22133"/>
+    <w:rsid w:val="00C05997"/>
+    <w:rsid w:val="00C963C8"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00DC35AD"/>
     <w:rsid w:val="00E67F53"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -13689,93 +13396,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">5</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -13791,51 +13577,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -14036,173 +13822,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...58 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B64C108A-36B7-4AAE-BE17-D7B656926544}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DFD3192-A74A-4ECB-B7CC-CDD8816D8411}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1346</Words>
-  <Characters>7677</Characters>
+  <Words>1366</Words>
+  <Characters>7791</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9005</CharactersWithSpaces>
+  <CharactersWithSpaces>9139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>