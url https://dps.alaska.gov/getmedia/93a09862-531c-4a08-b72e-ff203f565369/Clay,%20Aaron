--- v1 (2025-11-29)
+++ v2 (2026-02-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="280B7AC5" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="137674C4">
+    <w:p w14:paraId="61D1F5B4" w14:textId="34BA173E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="137674C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="137674C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -160,67 +160,67 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="137674C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-13T00:00:00Z">
+          <w:date w:fullDate="2026-02-03T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00457C4B">
+          <w:r w:rsidR="00517D72">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/13/2025</w:t>
+            <w:t>2/3/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="778212C4" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1141,59 +1141,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEB40FA" w14:textId="77777777" w:rsidR="006843BA" w:rsidRPr="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006843BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
@@ -1864,51 +1883,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="480C4731" w14:textId="0B852CBA" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sept 11, 2019 </w:t>
+              <w:t xml:space="preserve">Sept 11, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="57972D3A" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FBE0FDE" w14:textId="30DD2332" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="007943B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
@@ -1959,51 +1996,69 @@
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="296660AA" w14:textId="3E902A1B" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="007943B8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sept 3-9, 2019 </w:t>
+              <w:t xml:space="preserve">Sept 3-9, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="3C85D284" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BEB53CB" w14:textId="5312E429" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="00A45C44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
@@ -2058,51 +2113,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18E5A208" w14:textId="70A56108" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="00A45C44">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Oct 15, 2019 </w:t>
+              <w:t xml:space="preserve">Oct 15, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="639098CD" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BE1307A" w14:textId="70BDFC78" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -2451,51 +2524,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28D5EDC2" w14:textId="65DAC83C" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Nov 18, 2021 </w:t>
+              <w:t xml:space="preserve">Nov 18, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="0DD8D406" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FFB87C0" w14:textId="69D45AB3" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -2569,51 +2660,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BBC9CD0" w14:textId="08125DF8" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>March 7, 2022 </w:t>
+              <w:t xml:space="preserve">March 7, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="3B6F6B81" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="524A926A" w14:textId="29EB8EAE" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -2668,51 +2777,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F8E9178" w14:textId="4FB02846" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>March 9, 2022 </w:t>
+              <w:t xml:space="preserve">March 9, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="139D0024" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C7C1592" w14:textId="61899DC5" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -3076,51 +3203,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D0774D6" w14:textId="49BE1D14" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006843BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>July 31 – August 6, 2022 </w:t>
+              <w:t xml:space="preserve">July 31 – August 6, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006843BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="1C3C2F38" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BE323A9" w14:textId="2D046B03" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -3177,51 +3322,69 @@
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BA0A08E" w14:textId="01A12522" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Oct 6, 2022 </w:t>
+              <w:t xml:space="preserve">Oct 6, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w:rsidRPr="006843BA" w14:paraId="0E6D9F03" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67CC965B" w14:textId="6E859ABB" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -3246,51 +3409,91 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B2EE75F" w14:textId="5ACDAE1A" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln/Seaglass Training (in person)</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training (in person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="316F1B0D" w14:textId="68012F12" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
@@ -3346,51 +3549,91 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F65F8E2" w14:textId="77777777" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1769962C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln/Seaglass Training (in person)</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="1769962C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training (in person)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46D407E8" w14:textId="2AFBF801" w:rsidR="00035070" w:rsidRPr="006843BA" w:rsidRDefault="00035070" w:rsidP="006843BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
@@ -3765,52 +4008,63 @@
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D0F4F3F" w14:textId="0C655DDE" w:rsidR="00EC0F87" w:rsidRPr="1769962C" w:rsidRDefault="00EC0F87" w:rsidP="00EC0F87">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>August 21-25, 2023</w:t>
-            </w:r>
+              <w:t xml:space="preserve">August 21-25, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00854809" w14:paraId="53CC800B" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3978,57 +4232,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alice White – Evolve Forensics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2954580D" w14:textId="0B45D7D3" w:rsidR="3EE8A239" w:rsidRDefault="3EE8A239" w:rsidP="3DC90D9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="3DC90D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>October, 10 2023</w:t>
+              <w:t>October,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="3DC90D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00035070" w14:paraId="6406E48D" w14:textId="77777777" w:rsidTr="2DEC498F">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="750A29ED" w14:textId="59AF2758" w:rsidR="00035070" w:rsidRDefault="00035070" w:rsidP="1769962C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -5643,59 +5907,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F67D" w14:textId="4A718157" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
@@ -6802,59 +7085,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="7BE7F938" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D622DE" w14:textId="77777777" w:rsidR="006843BA" w:rsidRDefault="006843BA" w:rsidP="006843BA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7426,61 +7728,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="778E120C" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
+    <w:p w14:paraId="35670011" w14:textId="77777777" w:rsidR="003A6FEC" w:rsidRDefault="003A6FEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52F0F4DA" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
+    <w:p w14:paraId="31C257F6" w14:textId="77777777" w:rsidR="003A6FEC" w:rsidRDefault="003A6FEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7982,61 +8284,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C84D31E" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
+    <w:p w14:paraId="7B0501D2" w14:textId="77777777" w:rsidR="003A6FEC" w:rsidRDefault="003A6FEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62CDBBE5" w14:textId="77777777" w:rsidR="00CF3839" w:rsidRDefault="00CF3839" w:rsidP="00D73674">
+    <w:p w14:paraId="182A3DE8" w14:textId="77777777" w:rsidR="003A6FEC" w:rsidRDefault="003A6FEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -8134,117 +8436,125 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00035070"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000A39F3"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D7A03"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001272F4"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
+    <w:rsid w:val="00181F9F"/>
     <w:rsid w:val="00197AC4"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D5194"/>
     <w:rsid w:val="001E1590"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002C7EEF"/>
     <w:rsid w:val="002F0119"/>
     <w:rsid w:val="00317125"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="0034623C"/>
     <w:rsid w:val="00361A96"/>
+    <w:rsid w:val="003A6FEC"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D5D0D"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="00410CEC"/>
+    <w:rsid w:val="00411BB9"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00457C4B"/>
     <w:rsid w:val="0048762B"/>
+    <w:rsid w:val="004B72BB"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0050792C"/>
+    <w:rsid w:val="00517D72"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00583446"/>
+    <w:rsid w:val="005B1CDA"/>
     <w:rsid w:val="005B7120"/>
     <w:rsid w:val="005F5F81"/>
     <w:rsid w:val="0060373F"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006316F2"/>
     <w:rsid w:val="00664302"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006843BA"/>
     <w:rsid w:val="006A70A2"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007943B8"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="0080708E"/>
     <w:rsid w:val="00854809"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="009034CB"/>
     <w:rsid w:val="009271B4"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00936C5D"/>
@@ -8254,50 +8564,51 @@
     <w:rsid w:val="009C5B19"/>
     <w:rsid w:val="009F1702"/>
     <w:rsid w:val="009F6A5D"/>
     <w:rsid w:val="00A213E9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A45C44"/>
     <w:rsid w:val="00A60574"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A66D45"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00B25239"/>
     <w:rsid w:val="00B36653"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B90438"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C05997"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C963C8"/>
     <w:rsid w:val="00CF3839"/>
+    <w:rsid w:val="00CF7E56"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E67F53"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E709F6"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC0F87"/>
     <w:rsid w:val="00F337D5"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F96528"/>
     <w:rsid w:val="021110A9"/>
     <w:rsid w:val="04DD34DD"/>
     <w:rsid w:val="06228D1B"/>
     <w:rsid w:val="0678D7CC"/>
     <w:rsid w:val="07E0E5F9"/>
     <w:rsid w:val="09F79288"/>
     <w:rsid w:val="0A468F3B"/>
     <w:rsid w:val="0ABB67EB"/>
     <w:rsid w:val="0B0D149E"/>
@@ -12605,59 +12916,64 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000A083B"/>
     <w:rsid w:val="00174306"/>
     <w:rsid w:val="001B3E0F"/>
+    <w:rsid w:val="00226E8B"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00317125"/>
     <w:rsid w:val="00361A96"/>
     <w:rsid w:val="003760E1"/>
+    <w:rsid w:val="00411BB9"/>
     <w:rsid w:val="00441045"/>
     <w:rsid w:val="0050792C"/>
+    <w:rsid w:val="005B1CDA"/>
     <w:rsid w:val="006A70A2"/>
+    <w:rsid w:val="00781A02"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00A745CE"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B20310"/>
     <w:rsid w:val="00B22133"/>
     <w:rsid w:val="00C05997"/>
     <w:rsid w:val="00C963C8"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DC35AD"/>
     <w:rsid w:val="00E67F53"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -13445,65 +13761,52 @@
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">5</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -13822,98 +14125,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E2EA55F-8742-4843-BF16-D1C15B083631}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DFD3192-A74A-4ECB-B7CC-CDD8816D8411}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1366</Words>
-  <Characters>7791</Characters>
+  <Words>1187</Words>
+  <Characters>7647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>273</Lines>
+  <Paragraphs>173</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9139</CharactersWithSpaces>
+  <CharactersWithSpaces>8835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>