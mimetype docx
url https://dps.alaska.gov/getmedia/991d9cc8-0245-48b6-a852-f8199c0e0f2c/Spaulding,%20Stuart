--- v0 (2025-10-10)
+++ v1 (2026-02-24)
@@ -1,36 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -58,51 +59,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="14CA6FD7" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
+    <w:p w14:paraId="61D1F5B4" w14:textId="15286A6F" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -181,68 +182,88 @@
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="332D8917F7D74D84A90586BE4BA554B1"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-01T00:00:00Z">
+          <w:date w:fullDate="2026-02-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00733FF2">
+          <w:r w:rsidR="00620944">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/1/2025</w:t>
+            <w:t>2/</w:t>
+          </w:r>
+          <w:r w:rsidR="001F61B0">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>9</w:t>
+          </w:r>
+          <w:r w:rsidR="00620944">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="60F24440" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1100,116 +1121,135 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9355"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D1" w14:textId="77777777" w:rsidTr="2EF883DB">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5D0" w14:textId="39AFA884" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="1B01398E" w:rsidP="2EF883DB">
+          <w:p w14:paraId="61D1F5D0" w14:textId="2B7CDAB4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="1B01398E" w:rsidP="2EF883DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2EF883DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
             <w:r w:rsidR="00B373A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and evidence </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1434,97 +1474,165 @@
             <w:tcW w:w="2633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5DB" w14:textId="7D8ABA0D" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2014-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DC" w14:textId="4E10739E" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5DC" w14:textId="53BA4850" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00063EB4" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Biology, Master of Sciences</w:t>
+              <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DD" w14:textId="22E5772D" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00DB24E8" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5DD" w14:textId="4171D759" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00063EB4" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coursework completed/Thesis </w:t>
-[...7 lines deleted...]
-              <w:t>Incomplete</w:t>
+              <w:t xml:space="preserve">Completed </w:t>
+            </w:r>
+            <w:r w:rsidR="006E57FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.5 years of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006E57FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="008A3791">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aster’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008A3791">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of Science</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C2AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A7A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">level </w:t>
+            </w:r>
+            <w:r w:rsidR="00191C70">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>biology</w:t>
+            </w:r>
+            <w:r w:rsidR="00A74A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and statistics coursework</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F5E3" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5DF" w14:textId="1F395737" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -1562,66 +1670,66 @@
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E1" w14:textId="5249D8F3" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E2" w14:textId="7614B106" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5E2" w14:textId="1A30A113" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="001C2AEB" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t xml:space="preserve">Bachelor’s </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F5E8" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E4" w14:textId="12D82FB7" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -1659,197 +1767,67 @@
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E6" w14:textId="642DB9EB" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E7" w14:textId="4942465C" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5E7" w14:textId="3D3E79BA" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00790B9E" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No</w:t>
-[...130 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Bachelor’s coursework </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -1865,51 +1843,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2030,136 +2008,250 @@
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3052C0C0" w14:textId="77777777" w:rsidR="59A00583" w:rsidRDefault="59A00583"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14ABE" w14:paraId="596238D0" w14:textId="77777777" w:rsidTr="41EA1371">
+      <w:tr w:rsidR="00876D28" w14:paraId="4BDE7AD4" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1487F2FC" w14:textId="1B8DF046" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00B43181" w:rsidP="0FA71662">
+          <w:p w14:paraId="15860113" w14:textId="7B3A5247" w:rsidR="00876D28" w:rsidRDefault="004B5F25" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">HIDS Conference </w:t>
+              <w:t>Forensic Biology Training Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E81740E" w14:textId="54901BF7" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00876FBE" w:rsidP="0FA71662">
+          <w:p w14:paraId="50E3E568" w14:textId="16C91F87" w:rsidR="00876D28" w:rsidRDefault="004B5F25" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Experts </w:t>
+              <w:t>Alaska State Crime Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="074E1402" w14:textId="11B8B777" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00F872DF" w:rsidP="0FA71662">
+          <w:p w14:paraId="51E4A6C3" w14:textId="0824BB2D" w:rsidR="00876D28" w:rsidRDefault="0014417F" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5/12/25-5/13/25</w:t>
+              <w:t>3/29/2024-</w:t>
+            </w:r>
+            <w:r w:rsidR="005F73B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2/</w:t>
+            </w:r>
+            <w:r w:rsidR="00A159A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28/</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA32CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E51A78" w14:paraId="0A8EDD69" w14:textId="77777777" w:rsidTr="41EA1371">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50200467" w14:textId="03B33545" w:rsidR="00E51A78" w:rsidRDefault="00E51A78" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2025 HIDS Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7755B11E" w14:textId="2C9088DA" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Multiple Experts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D78B39A" w14:textId="71972814" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5/12/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5-5/13/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804263" w14:paraId="0D184BA9" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DD17536" w14:textId="18EE1686" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2174,74 +2266,90 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="478A8B2F" w14:textId="606B278F" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="290A5980" w14:textId="1444A3A8" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
+          <w:p w14:paraId="290A5980" w14:textId="6E80899D" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6/4/24-</w:t>
             </w:r>
             <w:r w:rsidR="00D95DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6/5/24</w:t>
+              <w:t>6/5/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D95DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0FA71662" w14:paraId="2A2AFC93" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="654BA36E" w14:textId="1F6531A8" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2256,66 +2364,66 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="578EDE94" w14:textId="7E0A986C" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Received by STRmix vendors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5927F903" w14:textId="4A9E785C" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
+          <w:p w14:paraId="5927F903" w14:textId="11D3890A" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4/8/22024-4/11/2024</w:t>
+              <w:t>4/8/2024-4/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="41EA1371" w14:paraId="21DE0092" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79FB4CCF" w14:textId="74FAC226" w:rsidR="41EA1371" w:rsidRDefault="41EA1371" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2381,105 +2489,121 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E3CD37C" w14:textId="754791FC" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="003630F3" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology Tech training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8A1BCE" w14:textId="47B29B46" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="00D92967" w:rsidP="0FA71662">
+          <w:p w14:paraId="3E8A1BCE" w14:textId="43483F10" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="00142CD3" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>State of Alaska Crime Detection Laboratory</w:t>
+              <w:t>Alaska State Crime Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53598CEB" w14:textId="343370AE" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="006A7C81" w:rsidP="0FA71662">
+          <w:p w14:paraId="53598CEB" w14:textId="5124BC8E" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="006A7C81" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8/19/</w:t>
             </w:r>
             <w:r w:rsidR="00CD58DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
             <w:r w:rsidR="00A20D59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-Current</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00860BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3/</w:t>
+            </w:r>
+            <w:r w:rsidR="00491D66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>29/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0FA71662" w14:paraId="500A541A" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BD5859B" w14:textId="4C2B9DD5" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2554,57 +2678,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Root Cause Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36D9EE85" w14:textId="30D957DE" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="7F715DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="106313D2" w14:textId="546D95B4" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/09/2023</w:t>
             </w:r>
           </w:p>
@@ -2628,57 +2762,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ethics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53861CDE" w14:textId="01D96B26" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="7F715DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="037AA516" w14:textId="1B1BB15A" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/09/2023</w:t>
             </w:r>
           </w:p>
@@ -2870,51 +3014,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3070,250 +3214,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F616" w14:textId="3E683595" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F617" w14:textId="69947B60" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-            <w:pPr>
-[...198 lines deleted...]
-          <w:p w14:paraId="61D1F627" w14:textId="33F7A456" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
@@ -3335,51 +3279,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3661,134 +3605,107 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F63E" w14:textId="24B30637" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F643" w14:textId="77777777" w:rsidTr="7F715DA8">
-[...45 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1456278A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1456278A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3948,113 +3865,112 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1456278A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska State Crime Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="1456278A" w14:paraId="46EDABB6" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBDFD63" w14:textId="65B58C2C" w:rsidR="1456278A" w:rsidRDefault="69FAE111" w:rsidP="41EA1371">
+          <w:p w14:paraId="5BBDFD63" w14:textId="6CC3E953" w:rsidR="1456278A" w:rsidRDefault="69FAE111" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
             <w:r w:rsidR="1E83F84B" w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t>dentify and test stains for the presence of blood and semen, collect and retain stains and potential trace evidence, and perform analytical techniques to generate DNA profiles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="1456278A" w14:paraId="6C1B1ADF" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF28B1A" w14:textId="266CE3CC" w:rsidR="1456278A" w:rsidRDefault="1456278A" w:rsidP="1456278A">
+          <w:p w14:paraId="1CF28B1A" w14:textId="0A57E106" w:rsidR="1456278A" w:rsidRDefault="00FE0020" w:rsidP="1456278A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="004F58FA" w:rsidRPr="004F58FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dentify and test stains for the presence of blood and semen, collect and retain stains and potential trace evidence, and perform analytical techniques to generate DNA profiles.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F646" w14:textId="308F4F25" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="1456278A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4371,51 +4287,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4668,130 +4584,128 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Department of Public Safety, Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F65B" w14:textId="20C0D4B8" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F65E" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4B6289" w14:textId="7A19157E" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="106E0114" w:rsidP="41EA1371">
+          <w:p w14:paraId="61D1F65D" w14:textId="16A10C39" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="106E0114" w:rsidP="0037555E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Provide a brief description of principal duties: Analyzing evidence for latent prints, writing reports of findings, mixing chemicals and general laboratory upkeep.</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Provide a brief description of principal duties: </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F65F" w14:textId="7EB39955" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F65F" w14:textId="6E7FE0D3" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0037555E" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0037555E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Analyzing evidence for latent prints, writing reports of findings, mixing chemicals and general laboratory upkeep.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4998,89 +4912,87 @@
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6BA9445D" w14:textId="77777777" w:rsidR="59A00583" w:rsidRDefault="59A00583"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="731449F2" w14:textId="051D4542" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="39CC0629" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Midnight Sun Brewing Company</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F669" w14:textId="4C9EB4AA" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="78B20701" w14:textId="278E22F8" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="39CC0629" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties: As the QA/QC technician and brewery scientist, I provided guidance in detecting critical control points of oxygen and microbial contamination leading up to the packaging of beer and identified species types of microbial infection in any beer produced prior to distribution.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F66B" w14:textId="24FC1A12" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="36BE6A7C" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -5101,338 +5013,95 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...241 lines deleted...]
-    </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5668,328 +5337,105 @@
     </w:tbl>
     <w:p w14:paraId="61D1F68B" w14:textId="4C9F417F" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A0904A" w14:textId="77777777" w:rsidR="006755BD" w:rsidRPr="007F2E28" w:rsidRDefault="006755BD" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...240 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6003,85 +5449,85 @@
           </w:tcPr>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="213647CF" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="32EDB729" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17C2E59D" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="48F02E0E" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42717EEB" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462">
+    <w:p w14:paraId="0F8A63FB" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -6118,51 +5564,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00733FF2" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001F61B0" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6576,71 +6022,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F142601" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="1AE461A9" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4022F63E" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="3459B8FD" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D787F05" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462">
+    <w:p w14:paraId="2157EEA5" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -6733,202 +6179,392 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="000249C7"/>
+    <w:rsid w:val="00026EAA"/>
     <w:rsid w:val="00030462"/>
     <w:rsid w:val="0003189C"/>
+    <w:rsid w:val="00043510"/>
+    <w:rsid w:val="00050AE1"/>
     <w:rsid w:val="00052B9A"/>
+    <w:rsid w:val="000548BF"/>
+    <w:rsid w:val="00057F6F"/>
+    <w:rsid w:val="00063EB4"/>
+    <w:rsid w:val="000652FB"/>
+    <w:rsid w:val="000807B4"/>
+    <w:rsid w:val="0008741C"/>
     <w:rsid w:val="000B227A"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000D6B08"/>
+    <w:rsid w:val="000E718C"/>
+    <w:rsid w:val="000F54A8"/>
     <w:rsid w:val="000F7635"/>
+    <w:rsid w:val="00112A53"/>
+    <w:rsid w:val="001171D7"/>
     <w:rsid w:val="00123608"/>
+    <w:rsid w:val="00142CD3"/>
+    <w:rsid w:val="0014417F"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
+    <w:rsid w:val="00183F2D"/>
+    <w:rsid w:val="00191C70"/>
+    <w:rsid w:val="001A531A"/>
     <w:rsid w:val="001B11B0"/>
+    <w:rsid w:val="001B45C0"/>
+    <w:rsid w:val="001C2AEB"/>
     <w:rsid w:val="001C77C6"/>
+    <w:rsid w:val="001C7AC5"/>
     <w:rsid w:val="001F5966"/>
+    <w:rsid w:val="001F61B0"/>
     <w:rsid w:val="00207121"/>
+    <w:rsid w:val="00215028"/>
+    <w:rsid w:val="00216B0F"/>
+    <w:rsid w:val="00220AA3"/>
+    <w:rsid w:val="00222720"/>
     <w:rsid w:val="00224EAC"/>
+    <w:rsid w:val="00233A75"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
+    <w:rsid w:val="002608C0"/>
+    <w:rsid w:val="002619C7"/>
+    <w:rsid w:val="00263BF8"/>
+    <w:rsid w:val="00271EDF"/>
+    <w:rsid w:val="00273046"/>
+    <w:rsid w:val="002742FA"/>
+    <w:rsid w:val="0028312E"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002A452F"/>
+    <w:rsid w:val="002A656C"/>
+    <w:rsid w:val="002A7A20"/>
+    <w:rsid w:val="002B08CF"/>
     <w:rsid w:val="002B2969"/>
+    <w:rsid w:val="0032787D"/>
+    <w:rsid w:val="00333C07"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00346E38"/>
     <w:rsid w:val="003630F3"/>
+    <w:rsid w:val="0037555E"/>
+    <w:rsid w:val="00383B51"/>
     <w:rsid w:val="0039376A"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="00405053"/>
+    <w:rsid w:val="0042144B"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00461B38"/>
+    <w:rsid w:val="00473146"/>
+    <w:rsid w:val="00486258"/>
     <w:rsid w:val="0048762B"/>
+    <w:rsid w:val="00491D66"/>
+    <w:rsid w:val="004A063F"/>
+    <w:rsid w:val="004A4661"/>
+    <w:rsid w:val="004B5F25"/>
     <w:rsid w:val="004B73DA"/>
+    <w:rsid w:val="004C4C06"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="004E59D9"/>
+    <w:rsid w:val="004F58FA"/>
+    <w:rsid w:val="004F631A"/>
+    <w:rsid w:val="005072A7"/>
+    <w:rsid w:val="00522A27"/>
+    <w:rsid w:val="005231AA"/>
+    <w:rsid w:val="00526955"/>
+    <w:rsid w:val="0052726A"/>
     <w:rsid w:val="0054002B"/>
+    <w:rsid w:val="00540CDF"/>
+    <w:rsid w:val="0055299B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="00570C00"/>
+    <w:rsid w:val="005772F3"/>
+    <w:rsid w:val="00586E58"/>
+    <w:rsid w:val="005877E6"/>
+    <w:rsid w:val="005C43DA"/>
+    <w:rsid w:val="005C5B66"/>
+    <w:rsid w:val="005D0635"/>
+    <w:rsid w:val="005E290C"/>
     <w:rsid w:val="005F4F14"/>
+    <w:rsid w:val="005F73B5"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
+    <w:rsid w:val="00620944"/>
+    <w:rsid w:val="00644021"/>
+    <w:rsid w:val="0065008D"/>
+    <w:rsid w:val="006530F6"/>
     <w:rsid w:val="00662579"/>
+    <w:rsid w:val="00663E54"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A3DCE"/>
     <w:rsid w:val="006A7C81"/>
+    <w:rsid w:val="006B005C"/>
     <w:rsid w:val="006B35AD"/>
+    <w:rsid w:val="006C07D0"/>
     <w:rsid w:val="006C4837"/>
+    <w:rsid w:val="006E57FC"/>
     <w:rsid w:val="00733FF2"/>
+    <w:rsid w:val="007449CB"/>
+    <w:rsid w:val="00756823"/>
     <w:rsid w:val="00763D80"/>
+    <w:rsid w:val="00767D47"/>
+    <w:rsid w:val="00773D28"/>
+    <w:rsid w:val="00780949"/>
+    <w:rsid w:val="00785273"/>
+    <w:rsid w:val="00790B9E"/>
     <w:rsid w:val="00792E28"/>
+    <w:rsid w:val="007A3303"/>
     <w:rsid w:val="007B03AE"/>
+    <w:rsid w:val="007D5FE2"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="007F7AA9"/>
     <w:rsid w:val="00804263"/>
+    <w:rsid w:val="00807C1E"/>
+    <w:rsid w:val="008136F6"/>
+    <w:rsid w:val="00817143"/>
     <w:rsid w:val="008205ED"/>
+    <w:rsid w:val="00835F11"/>
+    <w:rsid w:val="00836BEF"/>
+    <w:rsid w:val="008370A9"/>
+    <w:rsid w:val="00860BD0"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00874FF8"/>
+    <w:rsid w:val="00876D28"/>
     <w:rsid w:val="00876FBE"/>
     <w:rsid w:val="008834B9"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886307"/>
+    <w:rsid w:val="008A3791"/>
+    <w:rsid w:val="008A5DE6"/>
     <w:rsid w:val="008A64CE"/>
+    <w:rsid w:val="008B62F6"/>
+    <w:rsid w:val="008B63BD"/>
+    <w:rsid w:val="008C0472"/>
+    <w:rsid w:val="008C113D"/>
     <w:rsid w:val="008C2E17"/>
+    <w:rsid w:val="008C6837"/>
+    <w:rsid w:val="008D3A63"/>
     <w:rsid w:val="008E167B"/>
+    <w:rsid w:val="008F6285"/>
+    <w:rsid w:val="0091710D"/>
+    <w:rsid w:val="0091775E"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00943208"/>
+    <w:rsid w:val="009636F9"/>
+    <w:rsid w:val="00975247"/>
+    <w:rsid w:val="0097741C"/>
+    <w:rsid w:val="0097748A"/>
     <w:rsid w:val="009865CC"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A7036"/>
+    <w:rsid w:val="009B460D"/>
+    <w:rsid w:val="009C218C"/>
+    <w:rsid w:val="009C21C1"/>
     <w:rsid w:val="009C33BC"/>
+    <w:rsid w:val="009C4279"/>
+    <w:rsid w:val="009D7106"/>
     <w:rsid w:val="009E3F60"/>
+    <w:rsid w:val="009F17AE"/>
+    <w:rsid w:val="009F1A82"/>
     <w:rsid w:val="00A04766"/>
     <w:rsid w:val="00A14ABE"/>
+    <w:rsid w:val="00A159A5"/>
     <w:rsid w:val="00A20D59"/>
+    <w:rsid w:val="00A36D4D"/>
     <w:rsid w:val="00A45B52"/>
+    <w:rsid w:val="00A463D9"/>
     <w:rsid w:val="00A62351"/>
+    <w:rsid w:val="00A74A05"/>
+    <w:rsid w:val="00A75C2C"/>
+    <w:rsid w:val="00A769E9"/>
+    <w:rsid w:val="00A81CD0"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00AB08D2"/>
+    <w:rsid w:val="00AB7238"/>
+    <w:rsid w:val="00AC5329"/>
+    <w:rsid w:val="00AD1EB7"/>
+    <w:rsid w:val="00AE16A0"/>
+    <w:rsid w:val="00AE323C"/>
+    <w:rsid w:val="00AE35DC"/>
+    <w:rsid w:val="00AE5973"/>
+    <w:rsid w:val="00B12D3A"/>
+    <w:rsid w:val="00B15E0E"/>
+    <w:rsid w:val="00B362B2"/>
     <w:rsid w:val="00B373A8"/>
     <w:rsid w:val="00B43181"/>
     <w:rsid w:val="00B51740"/>
     <w:rsid w:val="00B52B4C"/>
+    <w:rsid w:val="00B55947"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00B84E7B"/>
+    <w:rsid w:val="00B937B8"/>
+    <w:rsid w:val="00B96712"/>
+    <w:rsid w:val="00BA0A7C"/>
     <w:rsid w:val="00BA2DEC"/>
+    <w:rsid w:val="00BA569C"/>
+    <w:rsid w:val="00BA7083"/>
+    <w:rsid w:val="00BD1841"/>
+    <w:rsid w:val="00BD6689"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C04914"/>
     <w:rsid w:val="00C07DFC"/>
+    <w:rsid w:val="00C16EF8"/>
     <w:rsid w:val="00C454AD"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C47062"/>
     <w:rsid w:val="00C56282"/>
+    <w:rsid w:val="00C66DCA"/>
     <w:rsid w:val="00C71D1F"/>
+    <w:rsid w:val="00CD3D76"/>
     <w:rsid w:val="00CD58DA"/>
+    <w:rsid w:val="00CE0F34"/>
+    <w:rsid w:val="00CE5706"/>
+    <w:rsid w:val="00CE69D3"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D12690"/>
+    <w:rsid w:val="00D14E70"/>
     <w:rsid w:val="00D21125"/>
     <w:rsid w:val="00D368AF"/>
+    <w:rsid w:val="00D501A5"/>
+    <w:rsid w:val="00D513E9"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D92678"/>
     <w:rsid w:val="00D92967"/>
     <w:rsid w:val="00D95DFC"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00DA32CA"/>
     <w:rsid w:val="00DA5A3F"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB24E8"/>
     <w:rsid w:val="00DB5D85"/>
     <w:rsid w:val="00DD26CF"/>
+    <w:rsid w:val="00E12F2D"/>
+    <w:rsid w:val="00E13B62"/>
+    <w:rsid w:val="00E167F0"/>
+    <w:rsid w:val="00E16FC4"/>
+    <w:rsid w:val="00E27797"/>
+    <w:rsid w:val="00E2785D"/>
     <w:rsid w:val="00E30B89"/>
+    <w:rsid w:val="00E51A78"/>
     <w:rsid w:val="00E55ADA"/>
+    <w:rsid w:val="00E57C1A"/>
+    <w:rsid w:val="00E61EFA"/>
+    <w:rsid w:val="00E67EDA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E85C56"/>
     <w:rsid w:val="00E8658A"/>
+    <w:rsid w:val="00EB276F"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00EC1CEF"/>
+    <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED2D03"/>
+    <w:rsid w:val="00EF0EA2"/>
+    <w:rsid w:val="00EF33F4"/>
+    <w:rsid w:val="00EF6287"/>
+    <w:rsid w:val="00F10477"/>
     <w:rsid w:val="00F4348B"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
+    <w:rsid w:val="00F823C4"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F865D7"/>
     <w:rsid w:val="00F872DF"/>
+    <w:rsid w:val="00F969CD"/>
+    <w:rsid w:val="00FA4EF5"/>
+    <w:rsid w:val="00FB3C2F"/>
+    <w:rsid w:val="00FC3B4B"/>
+    <w:rsid w:val="00FC3FCF"/>
+    <w:rsid w:val="00FC511F"/>
+    <w:rsid w:val="00FE0020"/>
     <w:rsid w:val="01AC68ED"/>
     <w:rsid w:val="022D16B1"/>
     <w:rsid w:val="06FC20E2"/>
     <w:rsid w:val="0A71D528"/>
     <w:rsid w:val="0B720C6F"/>
     <w:rsid w:val="0D044DDE"/>
     <w:rsid w:val="0D9676DB"/>
     <w:rsid w:val="0EE53C66"/>
     <w:rsid w:val="0F0F6E2E"/>
     <w:rsid w:val="0FA71662"/>
     <w:rsid w:val="106E0114"/>
     <w:rsid w:val="11C008DC"/>
     <w:rsid w:val="11F9C062"/>
     <w:rsid w:val="12604C91"/>
     <w:rsid w:val="12BA5729"/>
     <w:rsid w:val="130D61C1"/>
     <w:rsid w:val="1456278A"/>
     <w:rsid w:val="16DD8843"/>
     <w:rsid w:val="1A248114"/>
     <w:rsid w:val="1A7857E0"/>
     <w:rsid w:val="1ACCA256"/>
     <w:rsid w:val="1B01398E"/>
     <w:rsid w:val="1E0BDDEA"/>
     <w:rsid w:val="1E6846C5"/>
     <w:rsid w:val="1E83F84B"/>
@@ -7533,51 +7169,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -7880,105 +7516,109 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00064938"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001F5966"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0029435A"/>
+    <w:rsid w:val="002B08CF"/>
+    <w:rsid w:val="002B5B25"/>
+    <w:rsid w:val="00333C07"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00942095"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00B362B2"/>
     <w:rsid w:val="00BA2DEC"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA25C1"/>
+    <w:rsid w:val="00E61EFA"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58213552"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8721,144 +8361,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">68</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8874,51 +8542,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -9119,143 +8787,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43BC7C43-0ED6-4DE9-91DD-42CB67A575D6}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FB41165-0ADF-4E13-8D0B-14AB64707214}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>715</Words>
-  <Characters>4078</Characters>
+  <Words>820</Words>
+  <Characters>3887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4784</CharactersWithSpaces>
+  <CharactersWithSpaces>4658</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Related_x0020_Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Document_x0020_Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>