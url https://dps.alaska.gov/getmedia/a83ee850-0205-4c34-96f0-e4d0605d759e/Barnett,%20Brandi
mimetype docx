--- v0 (2025-10-18)
+++ v1 (2026-02-03)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="33DE2DEC" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="2454CC6A" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -165,67 +165,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-10-06T00:00:00Z">
+          <w:date w:fullDate="2026-01-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00413BD7">
+          <w:r w:rsidR="00460496">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/6/2025</w:t>
+            <w:t>1/9/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="277A57BD" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1119,78 +1119,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1566,69 +1547,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biochemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E2" w14:textId="52E55A79" w:rsidR="00EB4B91" w:rsidRPr="007F2E28" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001159E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> graduate study</w:t>
+              <w:t>2 years graduate study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB4B91" w:rsidRPr="007F2E28" w14:paraId="61D1F5E8" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E4" w14:textId="43CCB6DD" w:rsidR="00EB4B91" w:rsidRPr="007F2E28" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001159E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
@@ -1872,51 +1835,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5197,51 +5160,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5790,51 +5753,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6219,94 +6182,120 @@
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F642" w14:textId="2B08B1E4" w:rsidR="00EB4B91" w:rsidRPr="007F2E28" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="66F49E1D" w14:textId="77777777" w:rsidR="0040082E" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A9BC70" w14:textId="77777777" w:rsidR="0040082E" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5629C0E7" w14:textId="77777777" w:rsidR="0040082E" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4362BF13" w14:textId="77777777" w:rsidR="0040082E" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D1F645" w14:textId="1ADA4A58" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6544,132 +6533,113 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F650" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F64F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F651" w14:textId="566FB235" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00EB4B91" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001867B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Responsible for </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> of the laboratory quality assurance program and ensuring the lab’s compliance with accreditation and national standards. Other duties include communication with the accrediting body, administering the laboratory proficiency testing program, arranging laboratory audits and assessments, managing the laboratory safety program, investigating non-conformances, and maintenance of lab-wide quality assurance records.</w:t>
+              <w:t>Responsible for over site of the laboratory quality assurance program and ensuring the lab’s compliance with accreditation and national standards. Other duties include communication with the accrediting body, administering the laboratory proficiency testing program, arranging laboratory audits and assessments, managing the laboratory safety program, investigating non-conformances, and maintenance of lab-wide quality assurance records.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6953,51 +6923,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7281,51 +7251,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7600,51 +7570,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00413BD7" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040082E" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7937,78 +7907,59 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -8165,50 +8116,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11/17/2010   Breath Alcohol Supervisor's Re-Certification/Certification Course (40 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B6BA020" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A638C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>05/11/2011   Breath Alcohol Supervisor's Re-Certification Course (15 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AEACC5C" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A638C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/20/2011   Breath Alcohol Supervisor's Re-Certification Course (15 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CAEAC14" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
@@ -8241,51 +8193,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/24/2012   Breath Alcohol Supervisor's Certification Course (40 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39D04B78" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A638C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10/09/2012   Breath Alcohol Supervisor's Re-Certification Course (15 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06EC1C01" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A638C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/05/2013   Breath Alcohol Supervisor's Re-Certification Course (15 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AFB0AF0" w14:textId="77777777" w:rsidR="00EB4B91" w:rsidRPr="003A638C" w:rsidRDefault="00EB4B91" w:rsidP="00EB4B91">
             <w:pPr>
               <w:rPr>
@@ -8795,51 +8746,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00413BD7" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="0040082E" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -9457,95 +9408,98 @@
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00086340"/>
     <w:rsid w:val="000A7161"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C4AF6"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002B375C"/>
     <w:rsid w:val="002C2CBC"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="003B6815"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F0E3E"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F70FC"/>
+    <w:rsid w:val="0040082E"/>
     <w:rsid w:val="00413BD7"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00460496"/>
     <w:rsid w:val="00472212"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A1556"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004B7B4A"/>
     <w:rsid w:val="004D0A00"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A0401"/>
     <w:rsid w:val="006D1460"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="0076737B"/>
     <w:rsid w:val="00781A4F"/>
     <w:rsid w:val="0078462A"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="008036D0"/>
     <w:rsid w:val="0084409C"/>
     <w:rsid w:val="00847F3B"/>
     <w:rsid w:val="00857C55"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="009040CF"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00941094"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AD1E87"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B6679E"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00BE0F7A"/>
     <w:rsid w:val="00BE1E91"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C0186A"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CE0518"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D9471C"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E85805"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EB4B91"/>
     <w:rsid w:val="00F126FB"/>
     <w:rsid w:val="00F1522C"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
@@ -10363,50 +10317,51 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00272E85"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003B6815"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009D477C"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00BE0F7A"/>
     <w:rsid w:val="00C04996"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D82D29"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DC6FA4"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -11145,52 +11100,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -11264,51 +11228,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -11509,198 +11473,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">6</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A80CD340-441A-459A-8609-46D3A862068C}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9DE25BF-D86F-4DEF-B487-68E5F55A97DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9DE25BF-D86F-4DEF-B487-68E5F55A97DD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1601</Words>
-  <Characters>9128</Characters>
+  <Words>1283</Words>
+  <Characters>9449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>363</Lines>
+  <Paragraphs>306</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10708</CharactersWithSpaces>
+  <CharactersWithSpaces>10426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>