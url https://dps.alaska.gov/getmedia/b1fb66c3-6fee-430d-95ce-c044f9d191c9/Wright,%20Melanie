--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -68,51 +68,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="1A9C4904" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="3EFAB8F2" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -157,67 +157,85 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-08-15T00:00:00Z">
+          <w:date w:fullDate="2025-11-05T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
+          <w:r w:rsidR="00F36728">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>11</w:t>
+          </w:r>
           <w:r w:rsidR="006B0C26">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>8/15</w:t>
+            <w:t>/</w:t>
+          </w:r>
+          <w:r w:rsidR="00F36728">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>5</w:t>
           </w:r>
           <w:r w:rsidR="00E5059A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/202</w:t>
           </w:r>
           <w:r w:rsidR="00CD3AE5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="43DAACFB" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
@@ -1749,51 +1767,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2064,61 +2082,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="605825AD" w14:textId="0354293B" w:rsidR="006B0C26" w:rsidRPr="006B0C26" w:rsidRDefault="006B0C26" w:rsidP="006B0C26">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0C26">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Association for Identification (IAI) </w:t>
-[...9 lines deleted...]
-              <w:t>Orlando, Florida</w:t>
+              <w:t>International Association for Identification (IAI) Orlando, Florida</w:t>
             </w:r>
             <w:r w:rsidRPr="006B0C26">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30AA422E" w14:textId="24F42DBF" w:rsidR="006B0C26" w:rsidRPr="00F506A8" w:rsidRDefault="006B0C26" w:rsidP="006B0C26">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7354,51 +7362,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7599,66 +7607,66 @@
             </w:r>
             <w:r w:rsidR="005B0E01" w:rsidRPr="67BE1A50">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2-</w:t>
             </w:r>
             <w:r w:rsidR="45FA3811" w:rsidRPr="67BE1A50">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="6C1F9D4D" w:rsidR="00D958D2" w:rsidRPr="00D958D2" w:rsidRDefault="002E78AF" w:rsidP="00A85C42">
-[...14 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="61D1F617" w14:textId="1A5DE629" w:rsidR="00D958D2" w:rsidRPr="00D958D2" w:rsidRDefault="00F36728" w:rsidP="00A85C42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7673,51 +7681,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8744,51 +8752,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9237,51 +9245,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9601,51 +9609,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9953,51 +9961,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00BF42CC" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -12185,51 +12193,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00BF42CC" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00F36728" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -12839,50 +12847,51 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="000041D6"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00021A33"/>
     <w:rsid w:val="00035797"/>
     <w:rsid w:val="000361DB"/>
     <w:rsid w:val="00044F09"/>
     <w:rsid w:val="00046D98"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0006B9C5"/>
     <w:rsid w:val="000743F0"/>
+    <w:rsid w:val="000A0611"/>
     <w:rsid w:val="000B5E7C"/>
     <w:rsid w:val="000C07A2"/>
     <w:rsid w:val="000C3D71"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C6B51"/>
     <w:rsid w:val="0011441C"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00123AE0"/>
     <w:rsid w:val="001272FA"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00192DA0"/>
     <w:rsid w:val="001A2354"/>
     <w:rsid w:val="001A2455"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001C25F0"/>
     <w:rsid w:val="001C4F56"/>
     <w:rsid w:val="001C6478"/>
     <w:rsid w:val="001D5D2B"/>
     <w:rsid w:val="002014BB"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00213CF3"/>
     <w:rsid w:val="00221138"/>
@@ -13051,50 +13060,51 @@
     <w:rsid w:val="00D862FA"/>
     <w:rsid w:val="00D91EF7"/>
     <w:rsid w:val="00D933E3"/>
     <w:rsid w:val="00D958D2"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA611B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB3C6B"/>
     <w:rsid w:val="00DD6CB0"/>
     <w:rsid w:val="00DE13AF"/>
     <w:rsid w:val="00E02555"/>
     <w:rsid w:val="00E13009"/>
     <w:rsid w:val="00E31DBF"/>
     <w:rsid w:val="00E43FFE"/>
     <w:rsid w:val="00E5059A"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E950BB"/>
     <w:rsid w:val="00EB6E02"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00ED7FA1"/>
     <w:rsid w:val="00EE1042"/>
     <w:rsid w:val="00F073CB"/>
     <w:rsid w:val="00F26D4A"/>
+    <w:rsid w:val="00F36728"/>
     <w:rsid w:val="00F506A8"/>
     <w:rsid w:val="00F569DD"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9465F"/>
     <w:rsid w:val="00F97CF5"/>
     <w:rsid w:val="00FA0EBE"/>
     <w:rsid w:val="00FB1EF3"/>
     <w:rsid w:val="00FD6FBD"/>
     <w:rsid w:val="00FD7B59"/>
     <w:rsid w:val="00FE1790"/>
     <w:rsid w:val="04B0880F"/>
     <w:rsid w:val="073D0F2D"/>
     <w:rsid w:val="086B235F"/>
     <w:rsid w:val="089823C5"/>
     <w:rsid w:val="0ADF6497"/>
     <w:rsid w:val="10E6FDA9"/>
     <w:rsid w:val="17F2FEBE"/>
     <w:rsid w:val="256CE794"/>
     <w:rsid w:val="28599444"/>
     <w:rsid w:val="28A9490D"/>
     <w:rsid w:val="2FFC4D2B"/>
     <w:rsid w:val="36B1DF7C"/>
@@ -15334,50 +15344,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00004A82"/>
     <w:rsid w:val="000549DE"/>
+    <w:rsid w:val="000A0611"/>
     <w:rsid w:val="00124EFE"/>
     <w:rsid w:val="001A2455"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001C6478"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002F627C"/>
     <w:rsid w:val="003C31C8"/>
     <w:rsid w:val="003D4D59"/>
     <w:rsid w:val="003F6CCA"/>
     <w:rsid w:val="003F7081"/>
     <w:rsid w:val="004C5D24"/>
     <w:rsid w:val="0057697A"/>
     <w:rsid w:val="00605E33"/>
     <w:rsid w:val="00642F97"/>
     <w:rsid w:val="00666AF0"/>
     <w:rsid w:val="006F3B3E"/>
     <w:rsid w:val="00715499"/>
     <w:rsid w:val="00737092"/>
     <w:rsid w:val="007F753B"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A70B4"/>
     <w:rsid w:val="009D082F"/>
     <w:rsid w:val="00A63AAE"/>
     <w:rsid w:val="00A733DD"/>
@@ -16147,52 +16158,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -16266,51 +16281,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -16511,146 +16526,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">27</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A74D0852-D1B8-43B8-9F39-B85573A45D1C}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9946B80A-B069-4F74-BF67-9BAD6F39C983}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>2620</Words>
   <Characters>14939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>124</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>17524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 