--- v1 (2025-11-29)
+++ v2 (2025-12-24)
@@ -68,51 +68,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="3EFAB8F2" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="4E34823C" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -157,85 +157,76 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-05T00:00:00Z">
+          <w:date w:fullDate="2025-12-04T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F36728">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11</w:t>
+            <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidR="006B0C26">
+          <w:r w:rsidR="00C60AE5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>/</w:t>
-[...8 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>2/4</w:t>
           </w:r>
           <w:r w:rsidR="00E5059A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/202</w:t>
           </w:r>
           <w:r w:rsidR="00CD3AE5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>5</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="43DAACFB" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
@@ -1172,59 +1163,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1767,51 +1777,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -3419,51 +3429,91 @@
               <w:t>Ethics, Impartiality and Confidentiality (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B104EF5" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln – Seaglass Training</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB1B8EA" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRPr="04B0880F" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3538,51 +3588,91 @@
               <w:t xml:space="preserve"> hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1895876F" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln – Seaglass Training</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04400027" w14:textId="3B796FA3" w:rsidR="00123AE0" w:rsidRPr="04B0880F" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5142,58 +5232,69 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00123AE0" w:rsidRPr="007F2E28" w14:paraId="7EEFFB01" w14:textId="77777777" w:rsidTr="000C07A2">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2388384B" w14:textId="106D61C6" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Search Smart Techniques (1 hour)</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Search</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Smart Techniques (1 hour)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BE46DD0" w14:textId="4F4C9835" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6596,59 +6697,61 @@
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BC16913" w14:textId="6ECF849D" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Science In </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="contextualspellingandgrammarerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courtroom: A Legal, Practical &amp; Evidence-Based Guide for the Forensic Specialist (14 hours)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A1F61C3" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -6982,59 +7085,61 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BC5502F" w14:textId="6069543E" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sirchie</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Online)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BA20600" w14:textId="43D1B34D" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -7135,59 +7240,61 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273FE8FD" w14:textId="76FAEB04" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NMS Labs/</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SmallPond</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Online)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D9FD49" w14:textId="13170180" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -7362,51 +7469,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7607,66 +7714,66 @@
             </w:r>
             <w:r w:rsidR="005B0E01" w:rsidRPr="67BE1A50">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2-</w:t>
             </w:r>
             <w:r w:rsidR="45FA3811" w:rsidRPr="67BE1A50">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="1A5DE629" w:rsidR="00D958D2" w:rsidRPr="00D958D2" w:rsidRDefault="00F36728" w:rsidP="00A85C42">
-[...14 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="61D1F617" w14:textId="5B9F4FF3" w:rsidR="00D958D2" w:rsidRPr="00D958D2" w:rsidRDefault="00C60AE5" w:rsidP="00A85C42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7681,51 +7788,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8248,59 +8355,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -8707,96 +8833,116 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F651" w14:textId="5A327294" w:rsidR="007F2E28" w:rsidRPr="007B39B0" w:rsidRDefault="007B39B0" w:rsidP="007B39B0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Provide training/instruction to Identification Technicians and Law Enforcement.</w:t>
+              <w:t xml:space="preserve">Provide training/instruction </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Identification Technicians and Law Enforcement.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9245,51 +9391,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9609,51 +9755,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9961,51 +10107,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00F36728" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -10345,59 +10491,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -12193,51 +12358,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00F36728" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00C60AE5" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -12811,96 +12976,98 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="117"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="000041D6"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00021A33"/>
     <w:rsid w:val="00035797"/>
     <w:rsid w:val="000361DB"/>
     <w:rsid w:val="00044F09"/>
     <w:rsid w:val="00046D98"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0006B9C5"/>
     <w:rsid w:val="000743F0"/>
     <w:rsid w:val="000A0611"/>
     <w:rsid w:val="000B5E7C"/>
     <w:rsid w:val="000C07A2"/>
     <w:rsid w:val="000C3D71"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000C6B51"/>
     <w:rsid w:val="0011441C"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00123AE0"/>
     <w:rsid w:val="001272FA"/>
+    <w:rsid w:val="00130461"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00192DA0"/>
     <w:rsid w:val="001A2354"/>
     <w:rsid w:val="001A2455"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001C25F0"/>
     <w:rsid w:val="001C4F56"/>
     <w:rsid w:val="001C6478"/>
     <w:rsid w:val="001D5D2B"/>
     <w:rsid w:val="002014BB"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00213CF3"/>
     <w:rsid w:val="00221138"/>
     <w:rsid w:val="00221F65"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0023581D"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="002528D2"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002A43B4"/>
     <w:rsid w:val="002C5892"/>
@@ -13008,50 +13175,51 @@
     <w:rsid w:val="00AB10D3"/>
     <w:rsid w:val="00AD2601"/>
     <w:rsid w:val="00AE07E2"/>
     <w:rsid w:val="00B00E61"/>
     <w:rsid w:val="00B01C71"/>
     <w:rsid w:val="00B14781"/>
     <w:rsid w:val="00B239A3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B60231"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA244F"/>
     <w:rsid w:val="00BD5947"/>
     <w:rsid w:val="00BF42CC"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C02DBD"/>
     <w:rsid w:val="00C04E7D"/>
     <w:rsid w:val="00C06992"/>
     <w:rsid w:val="00C2268A"/>
     <w:rsid w:val="00C3056E"/>
     <w:rsid w:val="00C41957"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C50C94"/>
     <w:rsid w:val="00C56282"/>
+    <w:rsid w:val="00C60AE5"/>
     <w:rsid w:val="00C652FE"/>
     <w:rsid w:val="00C661B5"/>
     <w:rsid w:val="00C71329"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C756AA"/>
     <w:rsid w:val="00C83BF2"/>
     <w:rsid w:val="00C86613"/>
     <w:rsid w:val="00C93E4D"/>
     <w:rsid w:val="00CA35C4"/>
     <w:rsid w:val="00CB4AEC"/>
     <w:rsid w:val="00CB56D3"/>
     <w:rsid w:val="00CC4F80"/>
     <w:rsid w:val="00CD1E24"/>
     <w:rsid w:val="00CD3AE5"/>
     <w:rsid w:val="00CE08A6"/>
     <w:rsid w:val="00CE2041"/>
     <w:rsid w:val="00CE4C96"/>
     <w:rsid w:val="00CE5E72"/>
     <w:rsid w:val="00CE7F29"/>
     <w:rsid w:val="00CF0DC6"/>
     <w:rsid w:val="00CF1A17"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D25EA2"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
@@ -15346,50 +15514,51 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00004A82"/>
     <w:rsid w:val="000549DE"/>
     <w:rsid w:val="000A0611"/>
     <w:rsid w:val="00124EFE"/>
+    <w:rsid w:val="00130461"/>
     <w:rsid w:val="001A2455"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001C6478"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002F627C"/>
     <w:rsid w:val="003C31C8"/>
     <w:rsid w:val="003D4D59"/>
     <w:rsid w:val="003F6CCA"/>
     <w:rsid w:val="003F7081"/>
     <w:rsid w:val="004C5D24"/>
     <w:rsid w:val="0057697A"/>
     <w:rsid w:val="00605E33"/>
     <w:rsid w:val="00642F97"/>
     <w:rsid w:val="00666AF0"/>
     <w:rsid w:val="006F3B3E"/>
     <w:rsid w:val="00715499"/>
     <w:rsid w:val="00737092"/>
     <w:rsid w:val="007F753B"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A70B4"/>
     <w:rsid w:val="009D082F"/>
     <w:rsid w:val="00A63AAE"/>
     <w:rsid w:val="00A733DD"/>
     <w:rsid w:val="00AF08B0"/>
@@ -16158,56 +16327,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -16526,143 +16691,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">27</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69991999-DB97-4248-8EF4-4C0B66A3241C}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>2620</Words>
   <Characters>14939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>124</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>17524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 