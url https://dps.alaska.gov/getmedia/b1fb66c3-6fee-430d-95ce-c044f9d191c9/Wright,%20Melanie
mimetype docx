--- v2 (2025-12-24)
+++ v3 (2026-02-24)
@@ -68,51 +68,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="4E34823C" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="02CC2051" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -157,94 +157,103 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-12-04T00:00:00Z">
+          <w:date w:fullDate="2026-01-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F36728">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidR="00C60AE5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>2/4</w:t>
+            <w:t>/</w:t>
+          </w:r>
+          <w:r w:rsidR="00C946C1">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>9</w:t>
           </w:r>
           <w:r w:rsidR="00E5059A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/202</w:t>
           </w:r>
-          <w:r w:rsidR="00CD3AE5">
+          <w:r w:rsidR="00C946C1">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="43DAACFB" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1163,78 +1172,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1777,51 +1767,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -3429,91 +3419,51 @@
               <w:t>Ethics, Impartiality and Confidentiality (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B104EF5" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anja </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t>Anja Einseln – Seaglass Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB1B8EA" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRPr="04B0880F" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3588,91 +3538,51 @@
               <w:t xml:space="preserve"> hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1895876F" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anja </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t>Anja Einseln – Seaglass Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04400027" w14:textId="3B796FA3" w:rsidR="00123AE0" w:rsidRPr="04B0880F" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5232,69 +5142,58 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00123AE0" w:rsidRPr="007F2E28" w14:paraId="7EEFFB01" w14:textId="77777777" w:rsidTr="000C07A2">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2388384B" w14:textId="106D61C6" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Smart Techniques (1 hour)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Search Smart Techniques (1 hour)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BE46DD0" w14:textId="4F4C9835" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -6697,61 +6596,59 @@
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BC16913" w14:textId="6ECF849D" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Science In </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="contextualspellingandgrammarerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Courtroom: A Legal, Practical &amp; Evidence-Based Guide for the Forensic Specialist (14 hours)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A1F61C3" w14:textId="77777777" w:rsidR="00123AE0" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -7085,61 +6982,59 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BC5502F" w14:textId="6069543E" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sirchie</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Online)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BA20600" w14:textId="43D1B34D" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -7240,61 +7135,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273FE8FD" w14:textId="76FAEB04" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NMS Labs/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SmallPond</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Online)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1543" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D9FD49" w14:textId="13170180" w:rsidR="00123AE0" w:rsidRPr="007F2E28" w:rsidRDefault="00123AE0" w:rsidP="00123AE0">
@@ -7469,51 +7362,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7788,51 +7681,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8355,78 +8248,59 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -8833,116 +8707,96 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F651" w14:textId="5A327294" w:rsidR="007F2E28" w:rsidRPr="007B39B0" w:rsidRDefault="007B39B0" w:rsidP="007B39B0">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide training/instruction </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Identification Technicians and Law Enforcement.</w:t>
+              <w:t>Provide training/instruction to Identification Technicians and Law Enforcement.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9391,51 +9245,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9755,51 +9609,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -10107,51 +9961,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C60AE5" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C946C1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -10491,78 +10345,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -12294,51 +12129,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6B5357A1" w14:textId="77777777" w:rsidR="00CD1E24" w:rsidRDefault="00CD1E24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -12351,58 +12186,58 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00C60AE5" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00C946C1" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -12975,52 +12810,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="117"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -13174,97 +13008,100 @@
     <w:rsid w:val="00AB05C3"/>
     <w:rsid w:val="00AB10D3"/>
     <w:rsid w:val="00AD2601"/>
     <w:rsid w:val="00AE07E2"/>
     <w:rsid w:val="00B00E61"/>
     <w:rsid w:val="00B01C71"/>
     <w:rsid w:val="00B14781"/>
     <w:rsid w:val="00B239A3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B60231"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA244F"/>
     <w:rsid w:val="00BD5947"/>
     <w:rsid w:val="00BF42CC"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C02DBD"/>
     <w:rsid w:val="00C04E7D"/>
     <w:rsid w:val="00C06992"/>
     <w:rsid w:val="00C2268A"/>
     <w:rsid w:val="00C3056E"/>
     <w:rsid w:val="00C41957"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C50C94"/>
+    <w:rsid w:val="00C5290D"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C60AE5"/>
     <w:rsid w:val="00C652FE"/>
     <w:rsid w:val="00C661B5"/>
     <w:rsid w:val="00C71329"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C756AA"/>
     <w:rsid w:val="00C83BF2"/>
     <w:rsid w:val="00C86613"/>
     <w:rsid w:val="00C93E4D"/>
+    <w:rsid w:val="00C946C1"/>
     <w:rsid w:val="00CA35C4"/>
     <w:rsid w:val="00CB4AEC"/>
     <w:rsid w:val="00CB56D3"/>
     <w:rsid w:val="00CC4F80"/>
     <w:rsid w:val="00CD1E24"/>
     <w:rsid w:val="00CD3AE5"/>
     <w:rsid w:val="00CE08A6"/>
     <w:rsid w:val="00CE2041"/>
     <w:rsid w:val="00CE4C96"/>
     <w:rsid w:val="00CE5E72"/>
     <w:rsid w:val="00CE7F29"/>
     <w:rsid w:val="00CF0DC6"/>
     <w:rsid w:val="00CF1A17"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D25EA2"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D76D80"/>
     <w:rsid w:val="00D85346"/>
     <w:rsid w:val="00D862FA"/>
     <w:rsid w:val="00D91EF7"/>
     <w:rsid w:val="00D933E3"/>
     <w:rsid w:val="00D958D2"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA611B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB3C6B"/>
     <w:rsid w:val="00DD6CB0"/>
     <w:rsid w:val="00DE13AF"/>
     <w:rsid w:val="00E02555"/>
     <w:rsid w:val="00E13009"/>
     <w:rsid w:val="00E31DBF"/>
     <w:rsid w:val="00E43FFE"/>
     <w:rsid w:val="00E5059A"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
+    <w:rsid w:val="00E9501E"/>
     <w:rsid w:val="00E950BB"/>
     <w:rsid w:val="00EB6E02"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00ED7FA1"/>
     <w:rsid w:val="00EE1042"/>
     <w:rsid w:val="00F073CB"/>
     <w:rsid w:val="00F26D4A"/>
     <w:rsid w:val="00F36728"/>
     <w:rsid w:val="00F506A8"/>
     <w:rsid w:val="00F569DD"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9465F"/>
     <w:rsid w:val="00F97CF5"/>
     <w:rsid w:val="00FA0EBE"/>
     <w:rsid w:val="00FB1EF3"/>
     <w:rsid w:val="00FD6FBD"/>
     <w:rsid w:val="00FD7B59"/>
     <w:rsid w:val="00FE1790"/>
     <w:rsid w:val="04B0880F"/>
     <w:rsid w:val="073D0F2D"/>
     <w:rsid w:val="086B235F"/>
     <w:rsid w:val="089823C5"/>
@@ -15419,51 +15256,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -15476,51 +15313,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -15550,50 +15387,51 @@
     <w:rsid w:val="0057697A"/>
     <w:rsid w:val="00605E33"/>
     <w:rsid w:val="00642F97"/>
     <w:rsid w:val="00666AF0"/>
     <w:rsid w:val="006F3B3E"/>
     <w:rsid w:val="00715499"/>
     <w:rsid w:val="00737092"/>
     <w:rsid w:val="007F753B"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A70B4"/>
     <w:rsid w:val="009D082F"/>
     <w:rsid w:val="00A63AAE"/>
     <w:rsid w:val="00A733DD"/>
     <w:rsid w:val="00AF08B0"/>
     <w:rsid w:val="00B00E61"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BA244F"/>
     <w:rsid w:val="00C652FE"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA2656"/>
     <w:rsid w:val="00DD6CB0"/>
     <w:rsid w:val="00DE13AF"/>
+    <w:rsid w:val="00E9501E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F70CFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -16327,50 +16165,112 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">27</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
@@ -16691,166 +16591,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...60 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69991999-DB97-4248-8EF4-4C0B66A3241C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69991999-DB97-4248-8EF4-4C0B66A3241C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2620</Words>
-  <Characters>14939</Characters>
+  <Words>2366</Words>
+  <Characters>15192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>490</Lines>
+  <Paragraphs>351</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17524</CharactersWithSpaces>
+  <CharactersWithSpaces>17207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>