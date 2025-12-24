--- v0 (2025-10-07)
+++ v1 (2025-12-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="68921FDF" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="48CE6963" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="69B5FCBE6BD54FF59C6D1FEAF4D14030"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-08-19T00:00:00Z">
+          <w:date w:fullDate="2025-12-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00572270">
+          <w:r w:rsidR="00552C34">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>8/19/2025</w:t>
+            <w:t>12/9/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="67FC9402" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1484,51 +1484,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00263527" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6211,51 +6211,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00263527" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6516,74 +6516,74 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F61A" w14:textId="4C74B675" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00446D04" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2007 to Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61B" w14:textId="2B7AAA9B" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004805F7" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F61B" w14:textId="7262902E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="004805F7" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00BC5FDE">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00552C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -6598,51 +6598,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00263527" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8988,64 +8988,101 @@
                     </w:rPr>
                     <w:t xml:space="preserve">10/09/2024   </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A433EE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Breath Alcohol Supervisor's Re-Certification</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>/Certification Course (15/22</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A433EE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>hours)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="479F55B6" w14:textId="1B085C59" w:rsidR="00320736" w:rsidRPr="00FB3E73" w:rsidRDefault="00320736" w:rsidP="00D71D32">
+                <w:p w14:paraId="4186DD95" w14:textId="77777777" w:rsidR="00320736" w:rsidRDefault="00320736" w:rsidP="00D71D32">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t xml:space="preserve">02/13/2025   </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00A433EE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:t>Breath Alcohol Supervisor's Re-Certification</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:t>/Certification Course (15/22</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00A433EE">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:t>hours)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="479F55B6" w14:textId="32008D8E" w:rsidR="003F62CB" w:rsidRPr="00FB3E73" w:rsidRDefault="003F62CB" w:rsidP="003F62CB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">10/09/2025   </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A433EE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Breath Alcohol Supervisor's Re-Certification</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>/Certification Course (15/22</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00A433EE">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>hours)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
@@ -9066,144 +9103,144 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A4F7473" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375" w:rsidP="00D73674">
+    <w:p w14:paraId="524E8F88" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B89394D" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375" w:rsidP="00D73674">
+    <w:p w14:paraId="38E36DC1" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="051FA5AA" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375">
+    <w:p w14:paraId="0E610DF3" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00263527" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="003F62CB" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -9617,71 +9654,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15429264" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375" w:rsidP="00D73674">
+    <w:p w14:paraId="51AE88BD" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57EF06BA" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375" w:rsidP="00D73674">
+    <w:p w14:paraId="09EE2599" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02E45CE3" w14:textId="77777777" w:rsidR="00D37375" w:rsidRDefault="00D37375">
+    <w:p w14:paraId="7A2CAFDE" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -9777,51 +9814,51 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -9852,163 +9889,170 @@
     <w:rsid w:val="00170AB4"/>
     <w:rsid w:val="00190340"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001F4FE8"/>
     <w:rsid w:val="001F77DE"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00213F64"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00237175"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00263527"/>
     <w:rsid w:val="00272712"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002E2209"/>
     <w:rsid w:val="00320736"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00344897"/>
     <w:rsid w:val="00350481"/>
     <w:rsid w:val="003548E5"/>
     <w:rsid w:val="00395BE0"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003C6462"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="003F62CB"/>
     <w:rsid w:val="00402A91"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00446D04"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004805F7"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00497560"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F6C72"/>
     <w:rsid w:val="00506331"/>
+    <w:rsid w:val="005206F9"/>
     <w:rsid w:val="0054002B"/>
+    <w:rsid w:val="00552C34"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005628E3"/>
     <w:rsid w:val="005654CE"/>
     <w:rsid w:val="00572270"/>
     <w:rsid w:val="005D38A6"/>
     <w:rsid w:val="005D5233"/>
     <w:rsid w:val="0061288F"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006210F2"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006F4DAA"/>
     <w:rsid w:val="00701976"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00770A49"/>
     <w:rsid w:val="00775132"/>
     <w:rsid w:val="00781436"/>
     <w:rsid w:val="0079201E"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007C3644"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="008174B4"/>
     <w:rsid w:val="0083399E"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00865554"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00890AEC"/>
     <w:rsid w:val="00896FDE"/>
     <w:rsid w:val="008A64CE"/>
+    <w:rsid w:val="008B44C1"/>
     <w:rsid w:val="008B56B9"/>
     <w:rsid w:val="008C74C5"/>
     <w:rsid w:val="008F1039"/>
     <w:rsid w:val="008F57B4"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00936764"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009D4456"/>
     <w:rsid w:val="009F5381"/>
     <w:rsid w:val="00A00042"/>
     <w:rsid w:val="00A0223B"/>
     <w:rsid w:val="00A1364E"/>
     <w:rsid w:val="00A429AB"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
+    <w:rsid w:val="00A91CEC"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB77E3"/>
     <w:rsid w:val="00AE0A8C"/>
     <w:rsid w:val="00AE3A28"/>
     <w:rsid w:val="00B171B6"/>
     <w:rsid w:val="00B448EC"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B55CB0"/>
     <w:rsid w:val="00B61661"/>
     <w:rsid w:val="00B62C8A"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA32F6"/>
     <w:rsid w:val="00BC5FDE"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C34955"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C9380E"/>
     <w:rsid w:val="00CB0B4B"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D1457D"/>
     <w:rsid w:val="00D1503E"/>
     <w:rsid w:val="00D2427E"/>
     <w:rsid w:val="00D332C3"/>
     <w:rsid w:val="00D37375"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D71D32"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D74947"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DC3E34"/>
     <w:rsid w:val="00DD35CB"/>
     <w:rsid w:val="00E00026"/>
     <w:rsid w:val="00E05244"/>
+    <w:rsid w:val="00E24E25"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E705F6"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC2ABE"/>
     <w:rsid w:val="00EC6419"/>
     <w:rsid w:val="00F032CE"/>
     <w:rsid w:val="00F25D3E"/>
     <w:rsid w:val="00F42819"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FB6711"/>
     <w:rsid w:val="00FC4BF0"/>
     <w:rsid w:val="00FD5EB7"/>
+    <w:rsid w:val="00FF071B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
@@ -10766,165 +10810,169 @@
       <w:docPartBody>
         <w:p w:rsidR="00032315" w:rsidRDefault="00D9652B">
           <w:pPr>
             <w:pStyle w:val="69B5FCBE6BD54FF59C6D1FEAF4D14030"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00032315"/>
     <w:rsid w:val="000B706F"/>
     <w:rsid w:val="000E29D2"/>
     <w:rsid w:val="00110654"/>
     <w:rsid w:val="00124A11"/>
     <w:rsid w:val="00147856"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001F77DE"/>
     <w:rsid w:val="0027524C"/>
+    <w:rsid w:val="003543A4"/>
     <w:rsid w:val="00395BE0"/>
+    <w:rsid w:val="005206F9"/>
     <w:rsid w:val="005504D4"/>
     <w:rsid w:val="00613A6A"/>
     <w:rsid w:val="00744795"/>
     <w:rsid w:val="00890AEC"/>
     <w:rsid w:val="00896FDE"/>
+    <w:rsid w:val="008B44C1"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009F6016"/>
     <w:rsid w:val="00AA3BE3"/>
     <w:rsid w:val="00AE0A8C"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00C767E3"/>
     <w:rsid w:val="00CB0B4B"/>
     <w:rsid w:val="00D27796"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DD35CB"/>
     <w:rsid w:val="00E00026"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FB6711"/>
+    <w:rsid w:val="00FF071B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F7F0BD4"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -11665,65 +11713,101 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">9</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -11797,51 +11881,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -12042,167 +12126,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...44 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95837B07-4E0F-4810-918A-5D35C3FD70D7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1778</Words>
-  <Characters>10138</Characters>
+  <Words>1792</Words>
+  <Characters>10216</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
+  <Lines>85</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11893</CharactersWithSpaces>
+  <CharactersWithSpaces>11985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>