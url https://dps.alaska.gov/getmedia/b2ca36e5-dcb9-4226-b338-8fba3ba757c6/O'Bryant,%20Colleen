--- v1 (2025-12-24)
+++ v2 (2026-02-24)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="48CE6963" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="0834A382" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FC4BF0">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Colleen O’Bryant</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,107 +146,105 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="69B5FCBE6BD54FF59C6D1FEAF4D14030"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-12-09T00:00:00Z">
+          <w:date w:fullDate="2025-12-18T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00552C34">
+          <w:r w:rsidR="007C2168">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>12/9/2025</w:t>
+            <w:t>12/18/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="67FC9402" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000641A0">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -304,51 +301,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -390,51 +386,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="546BDF97" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B448EC" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -500,51 +495,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -586,51 +580,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -660,51 +653,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -755,51 +747,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -838,51 +829,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="70B28820" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B448EC" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -924,51 +914,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1108,59 +1097,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1181,177 +1189,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1444,91 +1448,90 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bachelor of Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1538,135 +1541,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3E34" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -6211,51 +6211,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6264,135 +6264,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -6434,74 +6431,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 to </w:t>
             </w:r>
             <w:r w:rsidR="00446D04">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="3359FA2B" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="006F4DAA" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F617" w14:textId="4C3791A5" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C2168" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...7 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F61C" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F619" w14:textId="2B9845B6" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00446D04" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -6559,224 +6548,220 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="003F62CB" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -6862,59 +6847,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="312F6A29" w14:textId="3C30710F" w:rsidR="00D1503E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296E2C95" w14:textId="77777777" w:rsidR="00D1503E" w:rsidRPr="00C00034" w:rsidRDefault="00D1503E" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -6943,51 +6947,50 @@
       <w:tr w:rsidR="00D1503E" w:rsidRPr="00D1503E" w14:paraId="4160D070" w14:textId="77777777" w:rsidTr="00375FC7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4322" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="101772753"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="09E7AD67E9114D228094BA53D107983D"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="0A424785" w14:textId="77777777" w:rsidR="00D1503E" w:rsidRPr="00D1503E" w:rsidRDefault="00D1503E" w:rsidP="00D1503E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D1503E">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7013,51 +7016,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D1503E" w:rsidRPr="00D1503E" w14:paraId="5F9B0DBF" w14:textId="77777777" w:rsidTr="00375FC7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-399910710"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="A21588A4DEDA4BF0AF39BD9EA1B70F5A"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3A2936B9" w14:textId="77777777" w:rsidR="00D1503E" w:rsidRPr="00D1503E" w:rsidRDefault="00D1503E" w:rsidP="00D1503E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D1503E">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7218,51 +7220,50 @@
         <w:gridCol w:w="4026"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3427"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F69C2" w:rsidRPr="00FB3E73" w14:paraId="388AD311" w14:textId="77777777" w:rsidTr="00A1364E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1435670333"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="7C9AEC1AAF84491CB99312F1D630EE22"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="73B4F925" w14:textId="77777777" w:rsidR="000F69C2" w:rsidRPr="00FB3E73" w:rsidRDefault="000F69C2" w:rsidP="00375FC7">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FB3E73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7294,51 +7295,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> - Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1665892060"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="7C9AEC1AAF84491CB99312F1D630EE22"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6B7F4222" w14:textId="77777777" w:rsidR="000F69C2" w:rsidRPr="00FB3E73" w:rsidRDefault="000F69C2" w:rsidP="00375FC7">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FB3E73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7380,51 +7380,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F69C2" w:rsidRPr="00FB3E73" w14:paraId="213012AE" w14:textId="77777777" w:rsidTr="00A1364E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="186566301"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="7C9AEC1AAF84491CB99312F1D630EE22"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="40CFFA0F" w14:textId="77777777" w:rsidR="000F69C2" w:rsidRPr="00FB3E73" w:rsidRDefault="000F69C2" w:rsidP="00375FC7">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FB3E73">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7615,59 +7614,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -9103,71 +9121,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="524E8F88" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
+    <w:p w14:paraId="6AFB8E47" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38E36DC1" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
+    <w:p w14:paraId="1E25BF75" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0E610DF3" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC">
+    <w:p w14:paraId="7BF1FC39" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -9196,78 +9214,77 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="003F62CB" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -9504,51 +9521,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00FC4BF0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -9557,51 +9573,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -9654,71 +9669,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51AE88BD" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
+    <w:p w14:paraId="7516412A" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09EE2599" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC" w:rsidP="00D73674">
+    <w:p w14:paraId="29B5E8D2" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7A2CAFDE" w14:textId="77777777" w:rsidR="00A91CEC" w:rsidRDefault="00A91CEC">
+    <w:p w14:paraId="2F59595B" w14:textId="77777777" w:rsidR="00C42BB8" w:rsidRDefault="00C42BB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -9814,51 +9829,51 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -9909,133 +9924,138 @@
     <w:rsid w:val="00395BE0"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003C6462"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F62CB"/>
     <w:rsid w:val="00402A91"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00446D04"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004805F7"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00497560"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F6C72"/>
     <w:rsid w:val="00506331"/>
     <w:rsid w:val="005206F9"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00552C34"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005628E3"/>
     <w:rsid w:val="005654CE"/>
     <w:rsid w:val="00572270"/>
+    <w:rsid w:val="005D30E5"/>
     <w:rsid w:val="005D38A6"/>
     <w:rsid w:val="005D5233"/>
     <w:rsid w:val="0061288F"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006210F2"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006F4DAA"/>
     <w:rsid w:val="00701976"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00770A49"/>
     <w:rsid w:val="00775132"/>
     <w:rsid w:val="00781436"/>
     <w:rsid w:val="0079201E"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
+    <w:rsid w:val="007C2168"/>
     <w:rsid w:val="007C3644"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="008174B4"/>
     <w:rsid w:val="0083399E"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00865554"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00890AEC"/>
     <w:rsid w:val="00896FDE"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B44C1"/>
     <w:rsid w:val="008B56B9"/>
     <w:rsid w:val="008C74C5"/>
     <w:rsid w:val="008F1039"/>
     <w:rsid w:val="008F57B4"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00936764"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009D4456"/>
     <w:rsid w:val="009F5381"/>
     <w:rsid w:val="00A00042"/>
     <w:rsid w:val="00A0223B"/>
     <w:rsid w:val="00A1364E"/>
     <w:rsid w:val="00A429AB"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A91CEC"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB77E3"/>
     <w:rsid w:val="00AE0A8C"/>
     <w:rsid w:val="00AE3A28"/>
+    <w:rsid w:val="00B10F9F"/>
     <w:rsid w:val="00B171B6"/>
     <w:rsid w:val="00B448EC"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B55CB0"/>
     <w:rsid w:val="00B61661"/>
     <w:rsid w:val="00B62C8A"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BA32F6"/>
     <w:rsid w:val="00BC5FDE"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C34955"/>
+    <w:rsid w:val="00C42BB8"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C9380E"/>
     <w:rsid w:val="00CB0B4B"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D1457D"/>
     <w:rsid w:val="00D1503E"/>
     <w:rsid w:val="00D2427E"/>
     <w:rsid w:val="00D332C3"/>
     <w:rsid w:val="00D37375"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D71D32"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D74947"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DC3E34"/>
     <w:rsid w:val="00DD35CB"/>
     <w:rsid w:val="00E00026"/>
     <w:rsid w:val="00E05244"/>
     <w:rsid w:val="00E24E25"/>
+    <w:rsid w:val="00E5102E"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E705F6"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC2ABE"/>
     <w:rsid w:val="00EC6419"/>
     <w:rsid w:val="00F032CE"/>
     <w:rsid w:val="00F25D3E"/>
     <w:rsid w:val="00F42819"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FB6711"/>
     <w:rsid w:val="00FC4BF0"/>
     <w:rsid w:val="00FD5EB7"/>
     <w:rsid w:val="00FF071B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -10906,70 +10926,73 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00032315"/>
     <w:rsid w:val="000B706F"/>
     <w:rsid w:val="000E29D2"/>
     <w:rsid w:val="00110654"/>
     <w:rsid w:val="00124A11"/>
     <w:rsid w:val="00147856"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001F77DE"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003543A4"/>
     <w:rsid w:val="00395BE0"/>
     <w:rsid w:val="005206F9"/>
+    <w:rsid w:val="005417D7"/>
     <w:rsid w:val="005504D4"/>
     <w:rsid w:val="00613A6A"/>
     <w:rsid w:val="00744795"/>
     <w:rsid w:val="00890AEC"/>
     <w:rsid w:val="00896FDE"/>
     <w:rsid w:val="008B44C1"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009F6016"/>
     <w:rsid w:val="00AA3BE3"/>
     <w:rsid w:val="00AE0A8C"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00B10F9F"/>
     <w:rsid w:val="00C767E3"/>
     <w:rsid w:val="00CB0B4B"/>
     <w:rsid w:val="00D27796"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DD35CB"/>
     <w:rsid w:val="00E00026"/>
+    <w:rsid w:val="00E5102E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FB6711"/>
     <w:rsid w:val="00FF071B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F7F0BD4"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -12142,133 +12165,127 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95837B07-4E0F-4810-918A-5D35C3FD70D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1792</Words>
-  <Characters>10216</Characters>
+  <Words>1344</Words>
+  <Characters>10336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>337</Lines>
+  <Paragraphs>291</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11985</CharactersWithSpaces>
+  <CharactersWithSpaces>11545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>