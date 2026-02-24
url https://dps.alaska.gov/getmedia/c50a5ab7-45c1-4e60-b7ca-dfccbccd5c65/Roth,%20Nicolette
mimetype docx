--- v0 (2025-10-07)
+++ v1 (2026-02-24)
@@ -12,97 +12,97 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="61D1F5AC" w14:textId="4C8800FB" w:rsidR="007F2E28" w:rsidRPr="00763D80" w:rsidRDefault="00864099" w:rsidP="00763D80">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1650"/>
           <w:tab w:val="center" w:pos="4513"/>
           <w:tab w:val="center" w:pos="4680"/>
           <w:tab w:val="right" w:pos="9026"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="44475D67" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="41D6987B" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="974A75C2D5EE4DEA89AEB64862FA763A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-01T00:00:00Z">
+          <w:date w:fullDate="2026-01-22T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009A5898">
+          <w:r w:rsidR="009C7D1D">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/1/2025</w:t>
+            <w:t>1/22/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="22AD562B" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1081,64 +1081,64 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9355"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D1" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5D0" w14:textId="29833C52" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00DF6D26" w:rsidP="0016192E">
-[...12 lines deleted...]
-              <w:t>Firearm and Toolmark, Crime Scene Response, Latent Print Processing</w:t>
+          <w:p w14:paraId="61D1F5D0" w14:textId="4C0B3CF6" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00DF6D26" w:rsidP="0016192E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Firearm and Toolmark, Crime Scene Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="3741101A" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1627,51 +1627,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2053,128 +2053,138 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 13, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0031676B" w14:paraId="54AEC61E" w14:textId="77777777" w:rsidTr="4B55011B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="226811B9" w14:textId="1F7AD6B7" w:rsidR="0031676B" w:rsidRPr="4B55011B" w:rsidRDefault="0031676B" w:rsidP="4B55011B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Eliminating </w:t>
             </w:r>
             <w:r w:rsidR="00B715B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">on </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B715B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Individual Characteristics: An Overview of Guidelines and Proposed Documentation Methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7CB3D6" w14:textId="54D7C19D" w:rsidR="0031676B" w:rsidRPr="4B55011B" w:rsidRDefault="0031676B" w:rsidP="4B55011B">
+          <w:p w14:paraId="0D7CB3D6" w14:textId="5DBCA14B" w:rsidR="0031676B" w:rsidRPr="4B55011B" w:rsidRDefault="0031676B" w:rsidP="4B55011B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Association of Firearm and Tool</w:t>
             </w:r>
             <w:r w:rsidR="00B3423F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ark Examiners</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A82600">
+              <w:t>ark Examiner</w:t>
+            </w:r>
+            <w:r w:rsidR="00950393">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2025 Training Seminar- Anaheim, CA</w:t>
+              <w:t>s 2025 Training Seminar- Anaheim, CA</w:t>
             </w:r>
             <w:r w:rsidR="00DC30CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- Calissa Laughton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="040BD31E" w14:textId="358201B3" w:rsidR="0031676B" w:rsidRPr="4B55011B" w:rsidRDefault="0031676B" w:rsidP="4BF60A0F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -3446,66 +3456,74 @@
             <w:r w:rsidRPr="35EF4012">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>August 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF6D26" w14:paraId="61AA4392" w14:textId="77777777" w:rsidTr="4B55011B">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="173AAB8E" w14:textId="77777777" w:rsidR="00DF6D26" w:rsidRDefault="00DF6D26" w:rsidP="00DF6D26">
+          <w:p w14:paraId="173AAB8E" w14:textId="6F0953A4" w:rsidR="00DF6D26" w:rsidRDefault="00DF6D26" w:rsidP="00DF6D26">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35EF4012">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Post Blast Investigator’s School</w:t>
+            </w:r>
+            <w:r w:rsidR="004A05FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (40 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40D4163E" w14:textId="77777777" w:rsidR="00DF6D26" w:rsidRDefault="00DF6D26" w:rsidP="00DF6D26">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23661015" w14:textId="77777777" w:rsidR="00DF6D26" w:rsidRPr="00DF6D26" w:rsidRDefault="00DF6D26" w:rsidP="00DF6D26">
             <w:pPr>
@@ -6120,51 +6138,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6341,66 +6359,66 @@
           </w:tcPr>
           <w:p w14:paraId="21DCE264" w14:textId="088E93F6" w:rsidR="23FAC6D3" w:rsidRDefault="00773062" w:rsidP="105EF293">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2016 to present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D58A993" w14:textId="7CC80501" w:rsidR="23FAC6D3" w:rsidRDefault="00773062" w:rsidP="105EF293">
+          <w:p w14:paraId="0D58A993" w14:textId="31BE92E1" w:rsidR="23FAC6D3" w:rsidRDefault="002818B2" w:rsidP="105EF293">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="26673E32" w14:paraId="13F34AB9" w14:textId="77777777" w:rsidTr="00773062">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3145" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65929D4F" w14:textId="79CA4F53" w:rsidR="64F03A4C" w:rsidRDefault="00773062" w:rsidP="26673E32">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -6415,66 +6433,66 @@
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E3DCEAA" w14:textId="6466EF1D" w:rsidR="64F03A4C" w:rsidRDefault="00773062" w:rsidP="26673E32">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2024 to present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2623" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38653269" w14:textId="2963427A" w:rsidR="64F03A4C" w:rsidRDefault="64F03A4C" w:rsidP="26673E32">
+          <w:p w14:paraId="38653269" w14:textId="477DD501" w:rsidR="64F03A4C" w:rsidRDefault="00B916A2" w:rsidP="26673E32">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="26673E32">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -6489,51 +6507,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6735,50 +6753,142 @@
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="61701EEE" w14:textId="77777777" w:rsidR="00555FEC" w:rsidRPr="00555FEC" w:rsidRDefault="00555FEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00555FEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Provisional Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006216D2" w:rsidRPr="007F2E28" w14:paraId="6C528DEA" w14:textId="77777777" w:rsidTr="00555FEC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3775" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEB1D3C" w14:textId="55FF8D8A" w:rsidR="006216D2" w:rsidRPr="00555FEC" w:rsidRDefault="006216D2" w:rsidP="006216D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00555FEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Association of Firearm and Toolmark Examiners (AFTE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CD8F05" w14:textId="51519302" w:rsidR="006216D2" w:rsidRPr="00555FEC" w:rsidRDefault="006216D2" w:rsidP="006216D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>August 22, 2025-current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F46EFB" w14:textId="50450FD6" w:rsidR="006216D2" w:rsidRPr="00555FEC" w:rsidRDefault="006216D2" w:rsidP="006216D2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Regular Member</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="615223A7" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
@@ -7090,87 +7200,123 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00555FEC" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00555FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F651" w14:textId="2BCA95C1" w:rsidR="00555FEC" w:rsidRPr="007F2E28" w:rsidRDefault="00555FEC" w:rsidP="00555FEC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Firearm and toolmark identification, muzzle-to-target distance determination, serial number restoration, latent print processing, evidence intake and handling, maintenance of instruments, report writing, create and revise quality assurance documents within the physical discipline, testimony, crime scene response, teaching</w:t>
+              <w:t xml:space="preserve">Firearm and toolmark identification, muzzle-to-target distance determination, serial number restoration, latent print processing, evidence intake and handling, maintenance of instruments, report writing, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>create</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>revise</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quality assurance documents within the physical discipline, testimony, crime scene response, teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7436,51 +7582,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7754,51 +7900,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -8072,80 +8218,81 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F68C" w14:textId="2A559A9B" w:rsidR="007F2E28" w:rsidRPr="009B4D47" w:rsidRDefault="001B7740" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F68C" w14:textId="2A559A9B" w:rsidR="007F2E28" w:rsidRPr="009B4D47" w:rsidRDefault="002C5F5F" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F68D" w14:textId="4BDFAF14" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other Qualifications: </w:t>
       </w:r>
       <w:r w:rsidR="00773062">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ist below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -9749,89 +9896,89 @@
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40D1B118" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7" w:rsidP="00D73674">
+    <w:p w14:paraId="042E65E5" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26442C82" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7" w:rsidP="00D73674">
+    <w:p w14:paraId="5A49ED5C" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="743E4410" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7">
+    <w:p w14:paraId="35B79F76" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -9845,66 +9992,66 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aria Narrow">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001B7740" w:rsidP="00616CEA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="002C5F5F" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -10316,83 +10463,83 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E504C11" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7" w:rsidP="00D73674">
+    <w:p w14:paraId="01BCE923" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="530518C9" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7" w:rsidP="00D73674">
+    <w:p w14:paraId="47C8B9DF" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="337FE309" w14:textId="77777777" w:rsidR="005444B7" w:rsidRDefault="005444B7">
+    <w:p w14:paraId="6BFDA07B" w14:textId="77777777" w:rsidR="00BD41E7" w:rsidRDefault="00BD41E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D6069BC" wp14:editId="2A4B1377">
           <wp:simplePos x="0" y="0"/>
@@ -10476,236 +10623,245 @@
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00012F49"/>
     <w:rsid w:val="00024657"/>
     <w:rsid w:val="0005034F"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0005341C"/>
     <w:rsid w:val="000649D8"/>
     <w:rsid w:val="00097FAD"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000F53A3"/>
     <w:rsid w:val="00101DA6"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="00155934"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001640F5"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
-    <w:rsid w:val="001B7740"/>
     <w:rsid w:val="001C693C"/>
     <w:rsid w:val="001E6EBD"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="0023140B"/>
     <w:rsid w:val="00232D2F"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00245F57"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00271D4D"/>
     <w:rsid w:val="00277016"/>
+    <w:rsid w:val="002818B2"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002A5009"/>
+    <w:rsid w:val="002C5F5F"/>
     <w:rsid w:val="002D2363"/>
     <w:rsid w:val="002D772C"/>
     <w:rsid w:val="002E177A"/>
     <w:rsid w:val="002E2F56"/>
     <w:rsid w:val="002F2EF0"/>
     <w:rsid w:val="0031676B"/>
     <w:rsid w:val="00316780"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="003435A8"/>
     <w:rsid w:val="00344F69"/>
     <w:rsid w:val="00374E9C"/>
     <w:rsid w:val="00386DE6"/>
     <w:rsid w:val="00387B6F"/>
     <w:rsid w:val="003A2D7A"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E40F1"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E7999"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F4C3F"/>
     <w:rsid w:val="004025D4"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00432978"/>
     <w:rsid w:val="00433B06"/>
     <w:rsid w:val="00446E5B"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00452F95"/>
     <w:rsid w:val="0048762B"/>
+    <w:rsid w:val="004A05FD"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D5C38"/>
     <w:rsid w:val="004E647F"/>
     <w:rsid w:val="004F7374"/>
     <w:rsid w:val="0052565D"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00541BAC"/>
     <w:rsid w:val="005444B7"/>
     <w:rsid w:val="00555FEC"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00564EE7"/>
     <w:rsid w:val="00573BF2"/>
     <w:rsid w:val="005B2F78"/>
     <w:rsid w:val="005D2D9D"/>
     <w:rsid w:val="00602959"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
+    <w:rsid w:val="006216D2"/>
     <w:rsid w:val="00650DDC"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00675A55"/>
     <w:rsid w:val="00694D85"/>
     <w:rsid w:val="006B3C80"/>
     <w:rsid w:val="006C4E7E"/>
     <w:rsid w:val="007057DF"/>
     <w:rsid w:val="00706A7D"/>
     <w:rsid w:val="00752B7D"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="0076629A"/>
     <w:rsid w:val="00773062"/>
     <w:rsid w:val="00790C1A"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007C0A14"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00814AD0"/>
     <w:rsid w:val="00822507"/>
     <w:rsid w:val="008306A8"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00883C0D"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A0609"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D4EE1"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00950393"/>
     <w:rsid w:val="00962D1D"/>
     <w:rsid w:val="00987A07"/>
     <w:rsid w:val="00994B30"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009A5898"/>
     <w:rsid w:val="009B4D47"/>
     <w:rsid w:val="009C39A4"/>
+    <w:rsid w:val="009C7D1D"/>
     <w:rsid w:val="009D079B"/>
     <w:rsid w:val="009D2BDE"/>
     <w:rsid w:val="00A02613"/>
     <w:rsid w:val="00A20297"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A75D7C"/>
     <w:rsid w:val="00A82600"/>
     <w:rsid w:val="00A90399"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA21A8"/>
     <w:rsid w:val="00AD05DD"/>
     <w:rsid w:val="00AF1C8C"/>
     <w:rsid w:val="00B07C2D"/>
     <w:rsid w:val="00B278BE"/>
     <w:rsid w:val="00B3423F"/>
     <w:rsid w:val="00B4195E"/>
     <w:rsid w:val="00B437C7"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B63E86"/>
     <w:rsid w:val="00B662A5"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B715B7"/>
     <w:rsid w:val="00B833FD"/>
     <w:rsid w:val="00B87129"/>
+    <w:rsid w:val="00B916A2"/>
     <w:rsid w:val="00BB4528"/>
     <w:rsid w:val="00BC106F"/>
     <w:rsid w:val="00BC76F9"/>
     <w:rsid w:val="00BD1A88"/>
+    <w:rsid w:val="00BD41E7"/>
     <w:rsid w:val="00BD68BD"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C02D2E"/>
     <w:rsid w:val="00C4550E"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C53B27"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C61B75"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C85C73"/>
+    <w:rsid w:val="00C87E11"/>
     <w:rsid w:val="00C908DE"/>
     <w:rsid w:val="00CA05D3"/>
     <w:rsid w:val="00CC4112"/>
     <w:rsid w:val="00CE09A3"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D65EE4"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D832D5"/>
     <w:rsid w:val="00D9218D"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DC30CD"/>
     <w:rsid w:val="00DF6D26"/>
     <w:rsid w:val="00E00CD2"/>
     <w:rsid w:val="00E21994"/>
     <w:rsid w:val="00E4453C"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E56004"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E74160"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00ED5ADF"/>
     <w:rsid w:val="00EF4E72"/>
@@ -10783,51 +10939,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D1F5AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E26F8521-C7E5-4289-950F-664B30E9BBF2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11266,70 +11422,70 @@
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D73674"/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002343CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D8C234D3-BA7A-4123-B325-3FDC834AD6A0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001B3E0F" w:rsidRDefault="00EC1245" w:rsidP="00EC1245">
           <w:pPr>
             <w:pStyle w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
           </w:pPr>
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -11518,57 +11674,57 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ACBB3CA1-229F-4B92-8DE0-FC523B334FA9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00632480" w:rsidRDefault="00310F29" w:rsidP="00310F29">
           <w:pPr>
             <w:pStyle w:val="974A75C2D5EE4DEA89AEB64862FA763A"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -11582,152 +11738,164 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aria Narrow">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00110339"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00232D2F"/>
     <w:rsid w:val="00233774"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00310F29"/>
     <w:rsid w:val="00316780"/>
     <w:rsid w:val="003566A2"/>
     <w:rsid w:val="004271DC"/>
     <w:rsid w:val="00483D7E"/>
     <w:rsid w:val="005B2F78"/>
     <w:rsid w:val="00632480"/>
+    <w:rsid w:val="007F5A49"/>
     <w:rsid w:val="00810E61"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00945BC0"/>
     <w:rsid w:val="009D079B"/>
     <w:rsid w:val="009D2BDE"/>
     <w:rsid w:val="00AF1C8C"/>
     <w:rsid w:val="00AF2BF4"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00C87E11"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E5611C"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00ED5ADF"/>
     <w:rsid w:val="00EF2077"/>
     <w:rsid w:val="00F30C50"/>
     <w:rsid w:val="00F429E8"/>
     <w:rsid w:val="00F66266"/>
     <w:rsid w:val="00F67FEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54E752B8"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12161,51 +12329,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="570BDA811AD8449FB4DB6EA715ECD20310">
     <w:name w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
     <w:rsid w:val="00D9652B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="974A75C2D5EE4DEA89AEB64862FA763A">
     <w:name w:val="974A75C2D5EE4DEA89AEB64862FA763A"/>
     <w:rsid w:val="00310F29"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -12445,140 +12613,123 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...42 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="66" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57b1d7457b569790cfbc97858ca14c56">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -12594,51 +12745,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -12839,147 +12990,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">29</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59B37E6-72B6-4873-8B3D-ABBC3C753FC7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3884920-12C5-494F-9423-AEADA90B1110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{004DFC8A-558E-49F9-99B7-5AC567C986EE}">
-[...18 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03D7FC2A-B8CC-4CCA-A9B9-AE60634F698E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE2B9355-9077-463E-BB2D-6521BBFDA383}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3884920-12C5-494F-9423-AEADA90B1110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59B37E6-72B6-4873-8B3D-ABBC3C753FC7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1606</Words>
-  <Characters>9159</Characters>
+  <Words>1387</Words>
+  <Characters>9086</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>360</Lines>
+  <Paragraphs>257</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10744</CharactersWithSpaces>
+  <CharactersWithSpaces>10371</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>