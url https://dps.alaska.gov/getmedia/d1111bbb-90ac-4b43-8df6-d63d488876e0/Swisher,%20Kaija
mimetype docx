--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="302036E8" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="5B66E840" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-05-27T00:00:00Z">
+          <w:date w:fullDate="2025-10-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00535DAD">
+          <w:r w:rsidR="00253243">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>5/27/2025</w:t>
+            <w:t>10/9/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="4429C5E3" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1145,59 +1145,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1577,51 +1596,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0087024E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1739,2310 +1758,1994 @@
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D90E4D" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="17DC26BF" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00D90E4D" w:rsidRPr="00D90E4D" w:rsidRDefault="00D90E4D" w:rsidP="00D90E4D">
+          </w:tcPr>
+          <w:p w14:paraId="41D9F026" w14:textId="7D2BA817" w:rsidR="00957A2C" w:rsidRPr="00280819" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D90E4D">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="00F76ADA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00D90E4D" w:rsidRDefault="00E2789E" w:rsidP="00E2789E">
+          </w:tcPr>
+          <w:p w14:paraId="60DEC921" w14:textId="0EDC72D8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>J</w:t>
-[...23 lines deleted...]
-              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
+              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00D90E4D" w:rsidRDefault="00E2789E" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="5DD6E355" w14:textId="3A2E7EF1" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>04/04/2024</w:t>
+              <w:t>7/11/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00491AB4" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="10449030" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00491AB4" w:rsidRPr="0007596C" w:rsidRDefault="00990EB2" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="452BC1F6" w14:textId="1EDA1F0D" w:rsidR="00957A2C" w:rsidRPr="00C00F4A" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Breath Test Supervisor Training </w:t>
-[...15 lines deleted...]
-              <w:t>reath and Blood Alcohol Program</w:t>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00491AB4" w:rsidRDefault="00503E06" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="3ABCC765" w14:textId="30E5F50A" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Derek Walton, Scientific Director </w:t>
-[...7 lines deleted...]
-              <w:t>at Alaska Scientific Crime Detection Laboratory</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00491AB4" w:rsidRDefault="00071729" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="773A3D0A" w14:textId="00F646C5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>02/06-</w:t>
-[...7 lines deleted...]
-              <w:t>02/8/2024</w:t>
+              <w:t>7/10/2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00D06041" w:rsidRDefault="00D06041" w:rsidP="003D1CC5">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0007596C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="29831D79" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="0007596C" w:rsidRPr="00BA1261" w:rsidRDefault="0007596C" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="3B3F5A99" w14:textId="27060FC3" w:rsidR="00957A2C" w:rsidRPr="001A4F6B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007596C">
-[...5 lines deleted...]
-              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
+            <w:r w:rsidRPr="00C00F4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="0007596C" w:rsidRDefault="0066491B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="088383D7" w14:textId="2E978142" w:rsidR="00957A2C" w:rsidRPr="00536E9B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Simon Dunne</w:t>
-[...31 lines deleted...]
-              <w:t>, NMS Laboratories</w:t>
+              <w:t>Barry Logan, Randall Beaty, et al. – Indiana University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="0007596C" w:rsidRDefault="00062883" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="05469D84" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/22/2024</w:t>
+              <w:t>05/18-05/23/2025</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="386583EE" w14:textId="011590F2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>35 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA1261" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="77E245BE" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00BA1261" w:rsidRPr="008D5D5B" w:rsidRDefault="00BA1261" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="679C95D9" w14:textId="5A379771" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA1261">
-[...93 lines deleted...]
-              <w:t>and Maintenance</w:t>
+            <w:r w:rsidRPr="001A4F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00BA1261" w:rsidRDefault="00DF4D63" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7D2D9A91" w14:textId="21B9BC9E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00536E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Lab Talks Virtual Seminar</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mark Sinnott, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Technologies </w:t>
+              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00BA1261" w:rsidRDefault="004C5E2B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="598FACBA" w14:textId="6D85C8D2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/18/2024</w:t>
+              <w:t>08/21/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D5D5B" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="008D5D5B" w:rsidRPr="00531421" w:rsidRDefault="008D5D5B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D5D5B">
-[...5 lines deleted...]
-              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratory Safety and Health for Preventing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180417F8" w14:textId="6A422636" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Drug Exposure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="008D5D5B" w:rsidRDefault="00CE3157" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ennie Cox, PhD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="008D5D5B" w:rsidRDefault="00CE3157" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/11/2024</w:t>
+              <w:t>04/04/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00531421" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00531421" w:rsidRPr="00F068EB" w:rsidRDefault="00531421" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00957A2C" w:rsidRPr="0007596C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531421">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Breath Test Supervisor Training – Alaska Breath and Blood Alcohol Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00531421" w:rsidRDefault="00B861D5" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>National Institute of Justice</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> – Forensic Technology Center of Excellence</w:t>
+              <w:t>Derek Walton, Scientific Director at Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00531421" w:rsidRDefault="00E57CC6" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/28/2023</w:t>
+              <w:t>02/06-02/8/2024</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F068EB" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00F068EB" w:rsidRPr="00EC6AA9" w:rsidRDefault="00F068EB" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="00957A2C" w:rsidRPr="00BA1261" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F068EB">
-[...69 lines deleted...]
-              <w:t>Discovery</w:t>
+            <w:r w:rsidRPr="0007596C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00F068EB" w:rsidRPr="00A862A5" w:rsidRDefault="009817B3" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and </w:t>
-[...7 lines deleted...]
-              <w:t>Rob Schelkun</w:t>
+              <w:t xml:space="preserve">Simon Dunne and Maggie Tam PhD. – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00F068EB" w:rsidRDefault="00FB0F32" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10/12/</w:t>
-[...7 lines deleted...]
-              <w:t>2023</w:t>
+              <w:t>01/22/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006878A1" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="006878A1" w:rsidRPr="00C22C34" w:rsidRDefault="00EC6AA9" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00957A2C" w:rsidRPr="008D5D5B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC6AA9">
-[...5 lines deleted...]
-              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Agilent G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hromatograph</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Columns 101 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Installation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="006878A1" w:rsidRPr="00F15F77" w:rsidRDefault="00A862A5" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A862A5">
-[...5 lines deleted...]
-              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mark Sinnott, Agilent Technologies </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="40351FDE" w14:textId="1118F9B9" w:rsidR="006878A1" w:rsidRDefault="009B08A1" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/16</w:t>
-[...7 lines deleted...]
-              <w:t>2023</w:t>
+              <w:t>01/18/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B39CD" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="005B39CD" w:rsidRPr="00EC6AA9" w:rsidRDefault="00F45D06" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="00957A2C" w:rsidRPr="00531421" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>Review of Ethics, Impartiality and Confidentiality</w:t>
+            <w:r w:rsidRPr="008D5D5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="005B39CD" w:rsidRPr="00A862A5" w:rsidRDefault="003D2CFF" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="005B39CD" w:rsidRDefault="00F45D06" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05</w:t>
-[...23 lines deleted...]
-              <w:t>10/2023</w:t>
+              <w:t>01/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F0F34" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="002F0F34" w:rsidRPr="003D1CC5" w:rsidRDefault="00C22C34" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00957A2C" w:rsidRPr="00F068EB" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C22C34">
-[...5 lines deleted...]
-              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Expert Forensic Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="002F0F34" w:rsidRPr="003D1CC5" w:rsidRDefault="00F15F77" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F15F77">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PhD. – </w:t>
-[...23 lines deleted...]
-              <w:t>atories</w:t>
+              <w:t>National Institute of Justice – Forensic Technology Center of Excellence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="002F0F34" w:rsidRPr="003D1CC5" w:rsidRDefault="00EF1E04" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>03/29/</w:t>
-[...7 lines deleted...]
-              <w:t>2023</w:t>
+              <w:t>11/28/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00725B06" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00725B06" w:rsidRPr="003D1CC5" w:rsidRDefault="0029110A" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: N</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TruNarc Basic Operator Course</w:t>
+              <w:t xml:space="preserve">ew </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sychoactive </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ubstance (NPS) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Discovery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00725B06" w:rsidRPr="003D1CC5" w:rsidRDefault="0029110A" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher Scientific</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00725B06" w:rsidRDefault="0029110A" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/26/2023</w:t>
+              <w:t>10/12/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D2CFF" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="003D2CFF" w:rsidRDefault="003D2CFF" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="00957A2C" w:rsidRPr="00C22C34" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
+            <w:r w:rsidRPr="00EC6AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="003D2CFF" w:rsidRDefault="003D2CFF" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="00957A2C" w:rsidRPr="00F15F77" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+            <w:r w:rsidRPr="00A862A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="003D2CFF" w:rsidRDefault="003D2CFF" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="40351FDE" w14:textId="1214F612" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/</w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">08/2023 </w:t>
+              <w:t>05/16/2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00553551" w:rsidRDefault="00AA3282" w:rsidP="003D1CC5">
-[...32 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D1CC5" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0CD020A8" w14:textId="77777777" w:rsidR="003D1CC5" w:rsidRPr="003D1CC5" w:rsidRDefault="003D1CC5" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1CC5">
-[...5 lines deleted...]
-              <w:t>Applied Biosystems™ RapidHIT ID System install </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Root Cause Analysis. Review of Ethics, Impartiality and Confidentiality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="27818082" w14:textId="77777777" w:rsidR="003D1CC5" w:rsidRPr="003D1CC5" w:rsidRDefault="003D1CC5" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1CC5">
-[...5 lines deleted...]
-              <w:t>Kristin Smith – HID University </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2E2BCCE6" w14:textId="41BB2A6B" w:rsidR="003D1CC5" w:rsidRPr="003D1CC5" w:rsidRDefault="00EF1E04" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10/25/</w:t>
-[...7 lines deleted...]
-              <w:t>2022 </w:t>
+              <w:t>05/09/2023-05/10/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00536E9B" w:rsidRPr="003D1CC5" w14:paraId="0581B8A9" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="085A4A87" w14:textId="3C14C670" w:rsidR="00536E9B" w:rsidRPr="003D1CC5" w:rsidRDefault="001A4F6B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A4F6B">
-[...5 lines deleted...]
-              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
+            <w:r w:rsidRPr="00C22C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AE9C80E" w14:textId="148C119F" w:rsidR="00536E9B" w:rsidRPr="003D1CC5" w:rsidRDefault="00536E9B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00536E9B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="00F15F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Donna Papsun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PhD. – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="45AC7E9A" w14:textId="3FB3420D" w:rsidR="00536E9B" w:rsidRDefault="001A4F6B" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>08/21/2024</w:t>
+              <w:t>03/29/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651FEE" w:rsidRPr="003D1CC5" w14:paraId="6B679E3B" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6EEC5863" w14:textId="3D26A5D4" w:rsidR="00651FEE" w:rsidRPr="001A4F6B" w:rsidRDefault="00C00F4A" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00F4A">
-[...5 lines deleted...]
-              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TruNarc Basic Operator Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C07C420" w14:textId="348D8FD6" w:rsidR="00651FEE" w:rsidRPr="00536E9B" w:rsidRDefault="00C00F4A" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Barry Logan,</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> et al. </w:t>
-[...7 lines deleted...]
-              <w:t>– Indiana University</w:t>
+              <w:t xml:space="preserve"> Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6BA0C7E8" w14:textId="77777777" w:rsidR="00651FEE" w:rsidRDefault="00E25427" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/18</w:t>
-[...7 lines deleted...]
-              <w:t>-05/23/2025</w:t>
+              <w:t>01/26/2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50FBEAB2" w14:textId="31C86A8E" w:rsidR="005D6436" w:rsidRDefault="005D6436" w:rsidP="003D1CC5">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F76ADA" w:rsidRPr="003D1CC5" w14:paraId="2B9F4287" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F1D8EFB" w14:textId="11AA8DA1" w:rsidR="00F76ADA" w:rsidRPr="00C00F4A" w:rsidRDefault="00280819" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00280819">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>’</w:t>
-[...7 lines deleted...]
-              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
+              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C0313EB" w14:textId="39825B9F" w:rsidR="00F76ADA" w:rsidRDefault="00280819" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D1FE4F4" w14:textId="35D1582C" w:rsidR="00F76ADA" w:rsidRDefault="00280819" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7/1</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11/2022 - 08/2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>/2025</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>1,300 total hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F76ADA" w:rsidRPr="003D1CC5" w14:paraId="5EAF5CBF" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A473C31" w14:textId="3B3055F8" w:rsidR="00F76ADA" w:rsidRPr="00C00F4A" w:rsidRDefault="00F76ADA" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="0CD020A8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F76ADA">
+            <w:r w:rsidRPr="003D1CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
+              <w:t xml:space="preserve">Applied Biosystems™ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHIT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID System install </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29DCFD91" w14:textId="1B3D0DF6" w:rsidR="00F76ADA" w:rsidRDefault="002C1C3E" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="27818082" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Kristin Smith – HID University </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1DF86E62" w14:textId="02B7C265" w:rsidR="00F76ADA" w:rsidRDefault="00280819" w:rsidP="003D1CC5">
+          </w:tcPr>
+          <w:p w14:paraId="2E2BCCE6" w14:textId="41BB2A6B" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...7 lines deleted...]
-              <w:t>/11/2025</w:t>
+              <w:t>10/25/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -4063,51 +3766,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0087024E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4352,51 +4055,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0087024E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4538,66 +4241,74 @@
             <w:tcW w:w="3775" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F630" w14:textId="5BAF1A04" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008D6B9A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6B9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F631" w14:textId="1CD92996" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C8259A" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F631" w14:textId="36426C0A" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C8259A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>July 2024-Present</w:t>
+              <w:t>July 2024-</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F632" w14:textId="44904B2B" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C8259A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Training Affiliate</w:t>
             </w:r>
           </w:p>
@@ -4608,59 +4319,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C69978" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -5421,51 +5151,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0087024E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5795,101 +5525,120 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0087024E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F670" w14:textId="79A785B0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5902,107 +5651,109 @@
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CD52182" w14:textId="77777777" w:rsidR="007B1443" w:rsidRDefault="003D1CC5" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Byrne J, Bartome R, Swisher K, Perrault K. Investigating Volatile Organic Compounds in Kava Samples Using </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>GCxGC-qMS</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>; December 3, 2019; Poster Presented at Division of Natural Sciences and Mathematics, Chaminade University of Honolulu, HI 96816</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E70A439" w14:textId="77777777" w:rsidR="007B1443" w:rsidRPr="007B1443" w:rsidRDefault="007B1443" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53C9456C" w14:textId="77777777" w:rsidR="00DF2BB5" w:rsidRDefault="00DF2BB5" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Law Enforcement Training Provided: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F690" w14:textId="06AEBCE8" w:rsidR="007B1443" w:rsidRPr="007B1443" w:rsidRDefault="007B1443" w:rsidP="00F7381B">
+          <w:p w14:paraId="61D1F690" w14:textId="7E8F5C66" w:rsidR="007B1443" w:rsidRPr="007B1443" w:rsidRDefault="007B1443" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Breath </w:t>
             </w:r>
             <w:r w:rsidR="00505767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -6078,50 +5829,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">0/2024. </w:t>
             </w:r>
             <w:r w:rsidR="00201211">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>02/</w:t>
             </w:r>
             <w:r w:rsidR="00D0571D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>11/2025-02/13/2025.</w:t>
+            </w:r>
+            <w:r w:rsidR="002530A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009E649E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10/07/25-10/09/25. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
@@ -6138,51 +5909,51 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1B58BAEA" w14:textId="77777777" w:rsidR="00984B22" w:rsidRDefault="00984B22" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -6194,58 +5965,58 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova Cond Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="0087024E" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="002530A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6811,122 +6582,128 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="000300F8"/>
     <w:rsid w:val="000306FA"/>
     <w:rsid w:val="00033CC6"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00062883"/>
     <w:rsid w:val="00063A23"/>
+    <w:rsid w:val="000654C9"/>
     <w:rsid w:val="00071729"/>
     <w:rsid w:val="0007596C"/>
     <w:rsid w:val="000A1394"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="001171C9"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="0017799C"/>
     <w:rsid w:val="001A4F6B"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001F4B60"/>
     <w:rsid w:val="001F643A"/>
     <w:rsid w:val="001F69E6"/>
     <w:rsid w:val="00201211"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
+    <w:rsid w:val="002530A1"/>
+    <w:rsid w:val="00253243"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="002731FA"/>
     <w:rsid w:val="00280819"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="0029110A"/>
     <w:rsid w:val="002A13BC"/>
     <w:rsid w:val="002A7E33"/>
     <w:rsid w:val="002C1C3E"/>
     <w:rsid w:val="002F0F34"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00350C8E"/>
     <w:rsid w:val="003C4CF2"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D1CC5"/>
     <w:rsid w:val="003D2CFF"/>
     <w:rsid w:val="003E04E2"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="0040528A"/>
+    <w:rsid w:val="00405CE8"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0046136A"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00491AB4"/>
     <w:rsid w:val="004A055D"/>
     <w:rsid w:val="004B39B3"/>
     <w:rsid w:val="004B7114"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C091B"/>
     <w:rsid w:val="004C5E2B"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004E0F78"/>
     <w:rsid w:val="0050050B"/>
     <w:rsid w:val="0050219E"/>
     <w:rsid w:val="00503E06"/>
     <w:rsid w:val="00505767"/>
     <w:rsid w:val="00510221"/>
     <w:rsid w:val="00531421"/>
     <w:rsid w:val="00535DAD"/>
     <w:rsid w:val="00536E9B"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00553551"/>
     <w:rsid w:val="00557A7A"/>
     <w:rsid w:val="00560475"/>
@@ -6935,88 +6712,93 @@
     <w:rsid w:val="005D6436"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00622530"/>
     <w:rsid w:val="0062276E"/>
     <w:rsid w:val="00624E0B"/>
     <w:rsid w:val="006403ED"/>
     <w:rsid w:val="0064428F"/>
     <w:rsid w:val="00651FEE"/>
     <w:rsid w:val="0066491B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="0066672D"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006878A1"/>
     <w:rsid w:val="006A2FC5"/>
     <w:rsid w:val="006D46E6"/>
     <w:rsid w:val="00725B06"/>
     <w:rsid w:val="00733EEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B1443"/>
     <w:rsid w:val="007E3F94"/>
     <w:rsid w:val="007F0E7E"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="00804A87"/>
     <w:rsid w:val="00807B29"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087024E"/>
     <w:rsid w:val="008705B4"/>
     <w:rsid w:val="00885B62"/>
+    <w:rsid w:val="008A5F56"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D5D5B"/>
     <w:rsid w:val="008D6B9A"/>
     <w:rsid w:val="009231DC"/>
     <w:rsid w:val="0092339B"/>
     <w:rsid w:val="009361F9"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00941300"/>
+    <w:rsid w:val="00957A2C"/>
     <w:rsid w:val="009817B3"/>
     <w:rsid w:val="00984B22"/>
     <w:rsid w:val="00990EB2"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B08A1"/>
+    <w:rsid w:val="009E649E"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A862A5"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA3282"/>
     <w:rsid w:val="00B10A7B"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B5452F"/>
     <w:rsid w:val="00B61E55"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B77707"/>
     <w:rsid w:val="00B861D5"/>
     <w:rsid w:val="00BA1261"/>
     <w:rsid w:val="00BA5B4B"/>
     <w:rsid w:val="00BC0AA9"/>
     <w:rsid w:val="00BC28D7"/>
     <w:rsid w:val="00BC582A"/>
+    <w:rsid w:val="00BD0DB5"/>
     <w:rsid w:val="00BF40D8"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF71A5"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C00F4A"/>
     <w:rsid w:val="00C22C34"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C8259A"/>
     <w:rsid w:val="00CE3157"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D0571D"/>
     <w:rsid w:val="00D06041"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D90E4D"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DF2BB5"/>
     <w:rsid w:val="00DF4D63"/>
     <w:rsid w:val="00DF7534"/>
     <w:rsid w:val="00E0225A"/>
     <w:rsid w:val="00E25427"/>
     <w:rsid w:val="00E2789E"/>
@@ -9447,51 +9229,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -9503,84 +9285,86 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Nova Cond Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
+    <w:rsid w:val="000300F8"/>
+    <w:rsid w:val="000654C9"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00311DFF"/>
     <w:rsid w:val="00332A95"/>
     <w:rsid w:val="003F0DAB"/>
     <w:rsid w:val="004B7440"/>
     <w:rsid w:val="00605305"/>
     <w:rsid w:val="00807B29"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009418BA"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A61765"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B77707"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE40C9"/>
     <w:rsid w:val="00F14918"/>
     <w:rsid w:val="00F16AA8"/>
@@ -10338,112 +10122,99 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">71</Staff_x0020_Member>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
@@ -10764,136 +10535,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...25 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCDB7D48-FEF0-464E-90FD-FD11A09FB526}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>879</Words>
-  <Characters>5011</Characters>
+  <Words>883</Words>
+  <Characters>5034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5879</CharactersWithSpaces>
+  <CharactersWithSpaces>5906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>