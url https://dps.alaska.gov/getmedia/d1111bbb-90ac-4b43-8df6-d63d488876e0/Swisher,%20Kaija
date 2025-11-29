--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="5B66E840" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="3A53B817" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-10-09T00:00:00Z">
+          <w:date w:fullDate="2025-11-13T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00253243">
+          <w:r w:rsidR="00CE32EF">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/9/2025</w:t>
+            <w:t>11/13/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="4429C5E3" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1128,95 +1128,76 @@
               </w:rPr>
               <w:t xml:space="preserve">aboratory </w:t>
             </w:r>
             <w:r w:rsidR="007B1443">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">processes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="61D1F5D3" w14:textId="1E6501F5" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education: </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1596,51 +1577,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1758,1928 +1739,2137 @@
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="17DC26BF" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="21D64FE9" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41D9F026" w14:textId="7D2BA817" w:rsidR="00957A2C" w:rsidRPr="00280819" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="583CA2F6" w14:textId="3DD8659D" w:rsidR="00F72E8F" w:rsidRPr="00F76ADA" w:rsidRDefault="00F72E8F" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F76ADA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
+            <w:r w:rsidRPr="00F72E8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HSI Adult First Aid | CPR AED</w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 4 Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60DEC921" w14:textId="0EDC72D8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="2944903C" w14:textId="5C31CCFC" w:rsidR="00F72E8F" w:rsidRDefault="00922899" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
+              <w:t>Frontier Safety &amp; Supply</w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6" w:rsidRPr="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HSI-Approved Training Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD6E355" w14:textId="3A2E7EF1" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="465E119B" w14:textId="3D81E319" w:rsidR="00F72E8F" w:rsidRDefault="009E18E6" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7/11/2025</w:t>
+              <w:t>11/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="10449030" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="2AAE5160" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="452BC1F6" w14:textId="1EDA1F0D" w:rsidR="00957A2C" w:rsidRPr="00C00F4A" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="55FB846A" w14:textId="661E3563" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="000F0A40" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00280819">
-[...21 lines deleted...]
-              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
+            <w:r w:rsidRPr="006C7245">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Overview of 2025 Breath Testing for Prosecutors Monograph</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ABCC765" w14:textId="30E5F50A" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="2D13A9C1" w14:textId="14451783" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="006C7245" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006C7245">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>National Center on Forensics (NCF)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00693BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00693BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sponsored by International association </w:t>
+            </w:r>
+            <w:r w:rsidR="003866B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of Chemical Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="773A3D0A" w14:textId="00F646C5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="66642362" w14:textId="34F7CF2B" w:rsidR="00F72E8F" w:rsidRDefault="003866B8" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7/10/2025</w:t>
+              <w:t>11/7/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="29831D79" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="17DC26BF" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3F5A99" w14:textId="27060FC3" w:rsidR="00957A2C" w:rsidRPr="001A4F6B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="41D9F026" w14:textId="7D2BA817" w:rsidR="00957A2C" w:rsidRPr="00280819" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00F4A">
-[...5 lines deleted...]
-              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
+            <w:r w:rsidRPr="00F76ADA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="088383D7" w14:textId="2E978142" w:rsidR="00957A2C" w:rsidRPr="00536E9B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="60DEC921" w14:textId="0EDC72D8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Barry Logan, Randall Beaty, et al. – Indiana University</w:t>
+              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05469D84" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="5DD6E355" w14:textId="3A2E7EF1" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/18-05/23/2025</w:t>
+              <w:t>7/11/2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="386583EE" w14:textId="011590F2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="77E245BE" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="10449030" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679C95D9" w14:textId="5A379771" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="452BC1F6" w14:textId="1EDA1F0D" w:rsidR="00957A2C" w:rsidRPr="00C00F4A" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A4F6B">
-[...5 lines deleted...]
-              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2D9A91" w14:textId="21B9BC9E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3ABCC765" w14:textId="30E5F50A" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00536E9B">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="598FACBA" w14:textId="6D85C8D2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="773A3D0A" w14:textId="00F646C5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>08/21/2024</w:t>
+              <w:t>7/10/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="29831D79" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3B3F5A99" w14:textId="27060FC3" w:rsidR="00957A2C" w:rsidRPr="001A4F6B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D90E4D">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="00C00F4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="088383D7" w14:textId="2E978142" w:rsidR="00957A2C" w:rsidRPr="00536E9B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>J</w:t>
-[...23 lines deleted...]
-              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
+              <w:t>Barry Logan, Randall Beaty, et al. – Indiana University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="05469D84" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>04/04/2024</w:t>
+              <w:t>05/18-05/23/2025</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="386583EE" w14:textId="011590F2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>35 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="77E245BE" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00957A2C" w:rsidRPr="0007596C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="679C95D9" w14:textId="5A379771" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Breath Test Supervisor Training – Alaska Breath and Blood Alcohol Program</w:t>
+            <w:r w:rsidRPr="001A4F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7D2D9A91" w14:textId="21B9BC9E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00536E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Lab Talks Virtual Seminar</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Derek Walton, Scientific Director at Alaska Scientific Crime Detection Laboratory</w:t>
+              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="598FACBA" w14:textId="6D85C8D2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>02/06-02/8/2024</w:t>
+              <w:t>08/21/2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="00957A2C" w:rsidRPr="00BA1261" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007596C">
-[...5 lines deleted...]
-              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratory Safety and Health for Preventing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180417F8" w14:textId="6A422636" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Drug Exposure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simon Dunne and Maggie Tam PhD. – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ennie Cox, PhD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, NMS Laboratories</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/22/2024</w:t>
+              <w:t>04/04/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00957A2C" w:rsidRPr="008D5D5B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00957A2C" w:rsidRPr="0007596C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA1261">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">as </w:t>
-[...71 lines deleted...]
-              <w:t>and Maintenance</w:t>
+              <w:t>Breath Test Supervisor Training – Alaska Breath and Blood Alcohol Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mark Sinnott, Agilent Technologies </w:t>
+              <w:t>Derek Walton, Scientific Director at Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/18/2024</w:t>
+              <w:t>02/06-02/8/2024</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="00957A2C" w:rsidRPr="00531421" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="00957A2C" w:rsidRPr="00BA1261" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D5D5B">
-[...5 lines deleted...]
-              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
+            <w:r w:rsidRPr="0007596C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+              <w:t xml:space="preserve">Simon Dunne and Maggie Tam PhD. – </w:t>
             </w:r>
             <w:r w:rsidRPr="00733EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/11/2024</w:t>
+              <w:t>01/22/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00957A2C" w:rsidRPr="00F068EB" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00957A2C" w:rsidRPr="008D5D5B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531421">
-[...5 lines deleted...]
-              <w:t>Expert Forensic Communication</w:t>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Agilent G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hromatograph</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Columns 101 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Installation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>National Institute of Justice – Forensic Technology Center of Excellence</w:t>
+              <w:t xml:space="preserve">Mark Sinnott, Agilent Technologies </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/28/2023</w:t>
+              <w:t>01/18/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="00957A2C" w:rsidRPr="00531421" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F068EB">
-[...53 lines deleted...]
-              <w:t>Discovery</w:t>
+            <w:r w:rsidRPr="008D5D5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
             </w:r>
             <w:r w:rsidRPr="00733EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10/12/2023</w:t>
+              <w:t>01/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="00957A2C" w:rsidRPr="00C22C34" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00957A2C" w:rsidRPr="00F068EB" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC6AA9">
-[...5 lines deleted...]
-              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Expert Forensic Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="00957A2C" w:rsidRPr="00F15F77" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A862A5">
-[...5 lines deleted...]
-              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>National Institute of Justice – Forensic Technology Center of Excellence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40351FDE" w14:textId="1214F612" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/16/2023</w:t>
+              <w:t>11/28/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: N</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Root Cause Analysis. Review of Ethics, Impartiality and Confidentiality</w:t>
+              <w:t xml:space="preserve">ew </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sychoactive </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ubstance (NPS) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Discovery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/09/2023-05/10/2023</w:t>
+              <w:t>10/12/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="00957A2C" w:rsidRPr="00C22C34" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C22C34">
-[...5 lines deleted...]
-              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
+            <w:r w:rsidRPr="00EC6AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="00957A2C" w:rsidRPr="00F15F77" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F15F77">
-[...29 lines deleted...]
-              <w:t>, NMS Laboratories</w:t>
+            <w:r w:rsidRPr="00A862A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="40351FDE" w14:textId="1214F612" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>03/29/2023</w:t>
+              <w:t>05/16/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TruNarc Basic Operator Course</w:t>
+              <w:t>Root Cause Analysis. Review of Ethics, Impartiality and Confidentiality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Scientific</w:t>
+              <w:t>Seaglass Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/26/2023</w:t>
+              <w:t>05/09/2023-05/10/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
+            <w:r w:rsidRPr="00C22C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F15F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Donna Papsun</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+              <w:t xml:space="preserve"> PhD. – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">11/2022 - 08/2023 </w:t>
+              <w:t>03/29/2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...17 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TruNarc Basic Operator Course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher Scientific</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>01/26/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11/2022 - 08/2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,300 total hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w14:paraId="0CD020A8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D1CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> ID System install </w:t>
+              <w:t>Applied Biosystems™ RapidHIT ID System install </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27818082" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D1CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3766,51 +3956,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4055,51 +4245,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4213,50 +4403,129 @@
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00E26602" w:rsidRPr="007F2E28" w14:paraId="540EB493" w14:textId="77777777" w:rsidTr="0048762B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3775" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB7A4AD" w14:textId="17030B98" w:rsidR="00E26602" w:rsidRPr="008D6B9A" w:rsidRDefault="00E26602" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E26602">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>International Association for Chemical Testing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4935542B" w14:textId="04D5FC85" w:rsidR="00E26602" w:rsidRDefault="00E26602" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>October 2025</w:t>
+            </w:r>
+            <w:r w:rsidR="008E1C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEACEDD" w14:textId="75B1A79C" w:rsidR="00E26602" w:rsidRDefault="008E1C64" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F630" w14:textId="5BAF1A04" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="008D6B9A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D6B9A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4303,94 +4572,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Training Affiliate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:p w14:paraId="61D1F645" w14:textId="21FDB0BA" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C69978" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -5151,51 +5401,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5525,120 +5775,101 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="002530A1" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F670" w14:textId="79A785B0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5651,63 +5882,61 @@
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CD52182" w14:textId="77777777" w:rsidR="007B1443" w:rsidRDefault="003D1CC5" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Byrne J, Bartome R, Swisher K, Perrault K. Investigating Volatile Organic Compounds in Kava Samples Using </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>GCxGC-qMS</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>; December 3, 2019; Poster Presented at Division of Natural Sciences and Mathematics, Chaminade University of Honolulu, HI 96816</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E70A439" w14:textId="77777777" w:rsidR="007B1443" w:rsidRPr="007B1443" w:rsidRDefault="007B1443" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53C9456C" w14:textId="77777777" w:rsidR="00DF2BB5" w:rsidRDefault="00DF2BB5" w:rsidP="00F7381B">
             <w:pPr>
@@ -5880,61 +6109,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60442270" w14:textId="77777777" w:rsidR="00984B22" w:rsidRDefault="00984B22" w:rsidP="00D73674">
+    <w:p w14:paraId="354466C8" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B58BAEA" w14:textId="77777777" w:rsidR="00984B22" w:rsidRDefault="00984B22" w:rsidP="00D73674">
+    <w:p w14:paraId="40B6DB7D" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5972,51 +6201,51 @@
   <w:font w:name="Arial Nova Cond Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="002530A1" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00CE32EF" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6430,61 +6659,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D8449EF" w14:textId="77777777" w:rsidR="00984B22" w:rsidRDefault="00984B22" w:rsidP="00D73674">
+    <w:p w14:paraId="01EA77BD" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FBEC1DD" w14:textId="77777777" w:rsidR="00984B22" w:rsidRDefault="00984B22" w:rsidP="00D73674">
+    <w:p w14:paraId="7334745F" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -6582,271 +6811,289 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000300F8"/>
     <w:rsid w:val="000306FA"/>
     <w:rsid w:val="00033CC6"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00062883"/>
     <w:rsid w:val="00063A23"/>
     <w:rsid w:val="000654C9"/>
     <w:rsid w:val="00071729"/>
     <w:rsid w:val="0007596C"/>
     <w:rsid w:val="000A1394"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000F0A40"/>
     <w:rsid w:val="001171C9"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="0017799C"/>
     <w:rsid w:val="001A4F6B"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001F4B60"/>
     <w:rsid w:val="001F643A"/>
     <w:rsid w:val="001F69E6"/>
     <w:rsid w:val="00201211"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="002530A1"/>
     <w:rsid w:val="00253243"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="002731FA"/>
     <w:rsid w:val="00280819"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="0029110A"/>
     <w:rsid w:val="002A13BC"/>
     <w:rsid w:val="002A7E33"/>
     <w:rsid w:val="002C1C3E"/>
     <w:rsid w:val="002F0F34"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00350C8E"/>
+    <w:rsid w:val="003866B8"/>
+    <w:rsid w:val="003C1039"/>
+    <w:rsid w:val="003C4BE9"/>
     <w:rsid w:val="003C4CF2"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D1CC5"/>
     <w:rsid w:val="003D2CFF"/>
     <w:rsid w:val="003E04E2"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="0040528A"/>
     <w:rsid w:val="00405CE8"/>
+    <w:rsid w:val="004172AB"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0046136A"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00491AB4"/>
     <w:rsid w:val="004A055D"/>
     <w:rsid w:val="004B39B3"/>
     <w:rsid w:val="004B7114"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C091B"/>
     <w:rsid w:val="004C5E2B"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004E0F78"/>
     <w:rsid w:val="0050050B"/>
     <w:rsid w:val="0050219E"/>
     <w:rsid w:val="00503E06"/>
     <w:rsid w:val="00505767"/>
     <w:rsid w:val="00510221"/>
     <w:rsid w:val="00531421"/>
     <w:rsid w:val="00535DAD"/>
     <w:rsid w:val="00536E9B"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00553551"/>
     <w:rsid w:val="00557A7A"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005B39CD"/>
     <w:rsid w:val="005D6436"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00622530"/>
     <w:rsid w:val="0062276E"/>
     <w:rsid w:val="00624E0B"/>
     <w:rsid w:val="006403ED"/>
     <w:rsid w:val="0064428F"/>
     <w:rsid w:val="00651FEE"/>
     <w:rsid w:val="0066491B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="0066672D"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006878A1"/>
+    <w:rsid w:val="00693BBA"/>
     <w:rsid w:val="006A2FC5"/>
+    <w:rsid w:val="006C7245"/>
     <w:rsid w:val="006D46E6"/>
     <w:rsid w:val="00725B06"/>
     <w:rsid w:val="00733EEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B1443"/>
+    <w:rsid w:val="007D56AD"/>
     <w:rsid w:val="007E3F94"/>
     <w:rsid w:val="007F0E7E"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00804A87"/>
     <w:rsid w:val="00807B29"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087024E"/>
     <w:rsid w:val="008705B4"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A5F56"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D5D5B"/>
     <w:rsid w:val="008D6B9A"/>
+    <w:rsid w:val="008E1C64"/>
+    <w:rsid w:val="00922899"/>
     <w:rsid w:val="009231DC"/>
     <w:rsid w:val="0092339B"/>
     <w:rsid w:val="009361F9"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00941300"/>
     <w:rsid w:val="00957A2C"/>
     <w:rsid w:val="009817B3"/>
     <w:rsid w:val="00984B22"/>
     <w:rsid w:val="00990EB2"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B08A1"/>
+    <w:rsid w:val="009E18E6"/>
     <w:rsid w:val="009E649E"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A862A5"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA3282"/>
     <w:rsid w:val="00B10A7B"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B5452F"/>
     <w:rsid w:val="00B61E55"/>
+    <w:rsid w:val="00B658F0"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B77707"/>
     <w:rsid w:val="00B861D5"/>
     <w:rsid w:val="00BA1261"/>
     <w:rsid w:val="00BA5B4B"/>
+    <w:rsid w:val="00BB7FC9"/>
     <w:rsid w:val="00BC0AA9"/>
     <w:rsid w:val="00BC28D7"/>
     <w:rsid w:val="00BC582A"/>
     <w:rsid w:val="00BD0DB5"/>
     <w:rsid w:val="00BF40D8"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF71A5"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C00F4A"/>
     <w:rsid w:val="00C22C34"/>
+    <w:rsid w:val="00C40D62"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C8259A"/>
     <w:rsid w:val="00CE3157"/>
+    <w:rsid w:val="00CE32EF"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D0571D"/>
     <w:rsid w:val="00D06041"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D90E4D"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DF2BB5"/>
     <w:rsid w:val="00DF4D63"/>
     <w:rsid w:val="00DF7534"/>
     <w:rsid w:val="00E0225A"/>
     <w:rsid w:val="00E25427"/>
+    <w:rsid w:val="00E26602"/>
     <w:rsid w:val="00E2789E"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E568E8"/>
     <w:rsid w:val="00E57CC6"/>
     <w:rsid w:val="00E63C4A"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC6AA9"/>
     <w:rsid w:val="00ED3B6C"/>
     <w:rsid w:val="00EE40C9"/>
     <w:rsid w:val="00EF1E04"/>
     <w:rsid w:val="00F068EB"/>
     <w:rsid w:val="00F14918"/>
     <w:rsid w:val="00F15F77"/>
     <w:rsid w:val="00F16AA8"/>
     <w:rsid w:val="00F45D06"/>
     <w:rsid w:val="00F56AE2"/>
+    <w:rsid w:val="00F56D26"/>
     <w:rsid w:val="00F574DF"/>
     <w:rsid w:val="00F626FA"/>
     <w:rsid w:val="00F72C23"/>
+    <w:rsid w:val="00F72E8F"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F76ADA"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
+    <w:rsid w:val="00F93996"/>
     <w:rsid w:val="00F97833"/>
     <w:rsid w:val="00FB0F32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -9327,70 +9574,73 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000300F8"/>
     <w:rsid w:val="000654C9"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00311DFF"/>
     <w:rsid w:val="00332A95"/>
+    <w:rsid w:val="003C4BE9"/>
     <w:rsid w:val="003F0DAB"/>
     <w:rsid w:val="004B7440"/>
     <w:rsid w:val="00605305"/>
+    <w:rsid w:val="006A5F43"/>
     <w:rsid w:val="00807B29"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009418BA"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A61765"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B77707"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE40C9"/>
     <w:rsid w:val="00F14918"/>
     <w:rsid w:val="00F16AA8"/>
     <w:rsid w:val="00F56AE2"/>
+    <w:rsid w:val="00F56D26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -10171,52 +10421,65 @@
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">71</Staff_x0020_Member>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -10290,51 +10553,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -10535,160 +10798,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCDB7D48-FEF0-464E-90FD-FD11A09FB526}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...12 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C255B9-9EDB-4B03-8EFB-AC8DA8B6F205}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>883</Words>
-  <Characters>5034</Characters>
+  <Words>935</Words>
+  <Characters>5331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5906</CharactersWithSpaces>
+  <CharactersWithSpaces>6254</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Ashley Lankford</dc:creator>
+  <dc:creator>Kaija L. Swisher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Related_x0020_Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>