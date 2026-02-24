--- v2 (2025-11-29)
+++ v3 (2026-02-24)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="3A53B817" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="4BF1840C" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003D1CC5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Kaija Swisher</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,107 +146,105 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-13T00:00:00Z">
+          <w:date w:fullDate="2026-01-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00CE32EF">
+          <w:r w:rsidR="0000120B">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/13/2025</w:t>
+            <w:t>1/9/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="4429C5E3" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003D1CC5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist I</w:t>
           </w:r>
           <w:r w:rsidR="0064428F">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>I</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -313,51 +310,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="6C19000E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="003D1CC5" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -399,51 +395,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -509,51 +504,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -595,51 +589,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -669,51 +662,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -764,51 +756,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -847,51 +838,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="26A17483" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="007F0E7E" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -933,51 +923,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1218,177 +1207,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1537,91 +1522,90 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1631,2245 +1615,2452 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="21D64FE9" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="0000120B" w:rsidRPr="003D1CC5" w14:paraId="449B74B1" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="583CA2F6" w14:textId="3DD8659D" w:rsidR="00F72E8F" w:rsidRPr="00F76ADA" w:rsidRDefault="00F72E8F" w:rsidP="00957A2C">
+          <w:p w14:paraId="4FDA7E43" w14:textId="10CCD3A1" w:rsidR="0000120B" w:rsidRPr="00F72E8F" w:rsidRDefault="00F51840" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F72E8F">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> – 4 Hours</w:t>
+            <w:r w:rsidRPr="00F51840">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSAFE: </w:t>
+            </w:r>
+            <w:r w:rsidR="005F656D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Statistical thinking</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51840">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00115542" w:rsidRPr="00115542">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for Forensic Practitioners</w:t>
+            </w:r>
+            <w:r w:rsidR="00115542">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51840">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Discrete vs Continuous Probability</w:t>
+            </w:r>
+            <w:r w:rsidR="000B5F43">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 8 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2944903C" w14:textId="5C31CCFC" w:rsidR="00F72E8F" w:rsidRDefault="00922899" w:rsidP="00957A2C">
+          <w:p w14:paraId="0C2AC30F" w14:textId="787723AB" w:rsidR="0000120B" w:rsidRDefault="00BA3C95" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>HSI-Approved Training Center</w:t>
+            <w:r w:rsidRPr="00BA3C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hal Stern</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00F53DED" w:rsidRPr="00F53DED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Center for Statistics and Applications in Forensic Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="465E119B" w14:textId="3D81E319" w:rsidR="00F72E8F" w:rsidRDefault="009E18E6" w:rsidP="00957A2C">
+          <w:p w14:paraId="5F89CD72" w14:textId="2CA76921" w:rsidR="0000120B" w:rsidRDefault="00BA3C95" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/12/2025</w:t>
+              <w:t>12/30</w:t>
+            </w:r>
+            <w:r w:rsidR="006835B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-12/31</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="2AAE5160" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="21D64FE9" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55FB846A" w14:textId="661E3563" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="000F0A40" w:rsidP="00957A2C">
+          <w:p w14:paraId="583CA2F6" w14:textId="3DD8659D" w:rsidR="00F72E8F" w:rsidRPr="00F76ADA" w:rsidRDefault="00F72E8F" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C7245">
-[...5 lines deleted...]
-              <w:t>Overview of 2025 Breath Testing for Prosecutors Monograph</w:t>
+            <w:r w:rsidRPr="00F72E8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HSI Adult First Aid | CPR AED</w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 4 Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D13A9C1" w14:textId="14451783" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="006C7245" w:rsidP="00957A2C">
+          <w:p w14:paraId="2944903C" w14:textId="5C31CCFC" w:rsidR="00F72E8F" w:rsidRDefault="00922899" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C7245">
-[...45 lines deleted...]
-              <w:t>of Chemical Testing</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Frontier Safety &amp; Supply</w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="009E18E6" w:rsidRPr="009E18E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>HSI-Approved Training Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66642362" w14:textId="34F7CF2B" w:rsidR="00F72E8F" w:rsidRDefault="003866B8" w:rsidP="00957A2C">
+          <w:p w14:paraId="465E119B" w14:textId="3D81E319" w:rsidR="00F72E8F" w:rsidRDefault="009E18E6" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/7/2025</w:t>
+              <w:t>11/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="17DC26BF" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00F72E8F" w:rsidRPr="003D1CC5" w14:paraId="2AAE5160" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41D9F026" w14:textId="7D2BA817" w:rsidR="00957A2C" w:rsidRPr="00280819" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="55FB846A" w14:textId="661E3563" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="000F0A40" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F76ADA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
+            <w:r w:rsidRPr="006C7245">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Overview of 2025 Breath Testing for Prosecutors Monograph</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60DEC921" w14:textId="0EDC72D8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="2D13A9C1" w14:textId="14451783" w:rsidR="00F72E8F" w:rsidRPr="006C7245" w:rsidRDefault="006C7245" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="006C7245">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>National Center on Forensics (NCF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00693BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00693BBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sponsored by International association </w:t>
+            </w:r>
+            <w:r w:rsidR="003866B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of Chemical Testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DD6E355" w14:textId="3A2E7EF1" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="66642362" w14:textId="34F7CF2B" w:rsidR="00F72E8F" w:rsidRDefault="003866B8" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7/11/2025</w:t>
+              <w:t>11/7/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="10449030" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="17DC26BF" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="452BC1F6" w14:textId="1EDA1F0D" w:rsidR="00957A2C" w:rsidRPr="00C00F4A" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="41D9F026" w14:textId="7D2BA817" w:rsidR="00957A2C" w:rsidRPr="00280819" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00280819">
-[...21 lines deleted...]
-              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
+            <w:r w:rsidRPr="00F76ADA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANSI-ASB BPR 122 Best Practice Recommendations </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ABCC765" w14:textId="30E5F50A" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="60DEC921" w14:textId="0EDC72D8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>Donna Grogan, Executive Director – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="773A3D0A" w14:textId="00F646C5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="5DD6E355" w14:textId="3A2E7EF1" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7/10/2025</w:t>
+              <w:t>7/11/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="29831D79" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="10449030" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3F5A99" w14:textId="27060FC3" w:rsidR="00957A2C" w:rsidRPr="001A4F6B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="452BC1F6" w14:textId="1EDA1F0D" w:rsidR="00957A2C" w:rsidRPr="00C00F4A" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C00F4A">
-[...5 lines deleted...]
-              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00280819">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s Trending NPS Discovery Webinar Series - July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="088383D7" w14:textId="2E978142" w:rsidR="00957A2C" w:rsidRPr="00536E9B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3ABCC765" w14:textId="30E5F50A" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Barry Logan, Randall Beaty, et al. – Indiana University</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05469D84" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="773A3D0A" w14:textId="00F646C5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/18-05/23/2025</w:t>
+              <w:t>7/10/2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="386583EE" w14:textId="011590F2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="77E245BE" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="29831D79" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679C95D9" w14:textId="5A379771" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3B3F5A99" w14:textId="27060FC3" w:rsidR="00957A2C" w:rsidRPr="001A4F6B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A4F6B">
-[...5 lines deleted...]
-              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
+            <w:r w:rsidRPr="00C00F4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research and Litigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2D9A91" w14:textId="21B9BC9E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="088383D7" w14:textId="2E978142" w:rsidR="00957A2C" w:rsidRPr="00536E9B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00536E9B">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Barry Logan, Randall Beaty, et al. – Indiana University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="598FACBA" w14:textId="6D85C8D2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="05469D84" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>08/21/2024</w:t>
+              <w:t>05/18-05/23/2025</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="386583EE" w14:textId="011590F2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>35 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="77E245BE" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="679C95D9" w14:textId="5A379771" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D90E4D">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
+            <w:r w:rsidRPr="001A4F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>High Performance Computing Tools to Identify Novel Psychoactive Substances in Toxicology Samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7D2D9A91" w14:textId="21B9BC9E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
+            <w:r w:rsidRPr="00536E9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Lab Talks Virtual Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="598FACBA" w14:textId="6D85C8D2" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>04/04/2024</w:t>
+              <w:t>08/21/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="21CD58BC" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00957A2C" w:rsidRPr="0007596C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7E0A5FA6" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="00D90E4D" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Breath Test Supervisor Training – Alaska Breath and Blood Alcohol Program</w:t>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Laboratory Safety and Health for Preventing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180417F8" w14:textId="6A422636" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D90E4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Drug Exposure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - American Academy of Forensic Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="701846CE" w14:textId="32B75E1E" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Derek Walton, Scientific Director at Alaska Scientific Crime Detection Laboratory</w:t>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ennie Cox, PhD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E2789E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Centers for Disease Control and Prevention National Institute for Occupational Safety and Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="6E613223" w14:textId="4DF98338" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>02/06-02/8/2024</w:t>
+              <w:t>04/04/2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="6FDAABFA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="00957A2C" w:rsidRPr="00BA1261" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="37A6ADF5" w14:textId="55A70428" w:rsidR="00957A2C" w:rsidRPr="0007596C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0007596C">
-[...5 lines deleted...]
-              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Breath Test Supervisor Training – Alaska Breath and Blood Alcohol Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="106C5594" w14:textId="6C5A857C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simon Dunne and Maggie Tam PhD. – </w:t>
-[...15 lines deleted...]
-              <w:t>, NMS Laboratories</w:t>
+              <w:t>Derek Walton, Scientific Director at Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0FCDFEE8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/22/2024</w:t>
+              <w:t>02/06-02/8/2024</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="271BC82A" w14:textId="13F0CC86" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22 total hours</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7AFA6558" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00957A2C" w:rsidRPr="008D5D5B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="4E8B7A84" w14:textId="00319838" w:rsidR="00957A2C" w:rsidRPr="00BA1261" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA1261">
-[...85 lines deleted...]
-              <w:t>and Maintenance</w:t>
+            <w:r w:rsidRPr="0007596C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2024 Current Trends in Seized Drug Analysis Symposium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="57E800C1" w14:textId="740BA774" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mark Sinnott, Agilent Technologies </w:t>
+              <w:t xml:space="preserve">Simon Dunne and Maggie Tam PhD. – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7A71CE0B" w14:textId="2E328A2C" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/18/2024</w:t>
+              <w:t>01/22/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="1B87EEF3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="00957A2C" w:rsidRPr="00531421" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="1B7316C6" w14:textId="40398BA1" w:rsidR="00957A2C" w:rsidRPr="008D5D5B" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008D5D5B">
-[...5 lines deleted...]
-              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Agilent G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hromatograph</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Columns 101 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Installation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA1261">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and Maintenance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="293D73BC" w14:textId="3ADA83E8" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t xml:space="preserve">Mark Sinnott, Agilent Technologies </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="358DC9EA" w14:textId="44E0082B" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/11/2024</w:t>
+              <w:t>01/18/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="52245BB3" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00957A2C" w:rsidRPr="00F068EB" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="6BA76220" w14:textId="46D22310" w:rsidR="00957A2C" w:rsidRPr="00531421" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531421">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
+            <w:r w:rsidRPr="008D5D5B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: NPS Discovery Webinar Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0F6C46BC" w14:textId="6E34A8CE" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>National Institute of Justice – Forensic Technology Center of Excellence</w:t>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="47E25D5C" w14:textId="2A23861F" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11/28/2023</w:t>
+              <w:t>01/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="2DAF3EE0" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="51F2B602" w14:textId="013F56CA" w:rsidR="00957A2C" w:rsidRPr="00F068EB" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F068EB">
-[...53 lines deleted...]
-              <w:t>Discovery</w:t>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Expert Forensic Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531421">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Best Practices and Common Pitfalls </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="673D3CEC" w14:textId="197F9BFA" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
-[...7 lines deleted...]
-              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+              <w:t>National Institute of Justice – Forensic Technology Center of Excellence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="33570D8A" w14:textId="27647308" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10/12/2023</w:t>
+              <w:t>11/28/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="38004CEB" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="00957A2C" w:rsidRPr="00C22C34" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="090644EB" w14:textId="6A37FEEA" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC6AA9">
-[...5 lines deleted...]
-              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What's Trending: N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ew </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sychoactive </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ubstance (NPS) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F068EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Discovery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="00957A2C" w:rsidRPr="00F15F77" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="508E90AF" w14:textId="7088B958" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A862A5">
-[...5 lines deleted...]
-              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alex Krotulski and Rob Schelkun – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40351FDE" w14:textId="1214F612" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="085174F3" w14:textId="007108D3" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/16/2023</w:t>
+              <w:t>10/12/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="51145BB8" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7A1ECB24" w14:textId="353546B8" w:rsidR="00957A2C" w:rsidRPr="00C22C34" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Root Cause Analysis. Review of Ethics, Impartiality and Confidentiality</w:t>
+            <w:r w:rsidRPr="00EC6AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Use of On-Site Drug Testing Technologies and Reliance on Toxicology Testing in Lieu of Autopsy in Drug Deaths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="0A642D93" w14:textId="23667D9E" w:rsidR="00957A2C" w:rsidRPr="00F15F77" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Seaglass Training</w:t>
+            <w:r w:rsidRPr="00A862A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dr. Barry Logan, Forensic Toxicologist and Executive Director of the CFSRE, Pennsylvania</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="40351FDE" w14:textId="1214F612" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>05/09/2023-05/10/2023</w:t>
+              <w:t>05/16/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="143073F5" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="3D4F701A" w14:textId="377F3B89" w:rsidR="00957A2C" w:rsidRPr="00EC6AA9" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C22C34">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
+              <w:t>Root Cause Analysis. Review of Ethics, Impartiality and Confidentiality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="2B8C69F7" w14:textId="252AAB4D" w:rsidR="00957A2C" w:rsidRPr="00A862A5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F15F77">
-[...29 lines deleted...]
-              <w:t>, NMS Laboratories</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="44C9FE60" w14:textId="30A2C463" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>03/29/2023</w:t>
+              <w:t>05/09/2023-05/10/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="337AF419" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="55DAEB8C" w14:textId="58EA7CE4" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>TruNarc Basic Operator Course</w:t>
+            <w:r w:rsidRPr="00C22C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Disguised by Design: A 2023 Update on Emerging NPS Drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="4A8B424F" w14:textId="66B1ADDA" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ThermoFisher Scientific</w:t>
+            <w:r w:rsidRPr="00F15F77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Donna Papsun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PhD. – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00733EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science Research &amp; Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, NMS Laboratories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="5B7BB27B" w14:textId="55C98E2C" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>01/26/2023</w:t>
+              <w:t>03/29/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="640DB9FA" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7D60837E" w14:textId="07FDCBDD" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
+              <w:t>TruNarc Basic Operator Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="7AA16EC8" w14:textId="27B2587A" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+          <w:p w14:paraId="1E23F228" w14:textId="22FA247D" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">11/2022 - 08/2023 </w:t>
+              <w:t>01/26/2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="7D2F1E0E" w14:textId="77777777" w:rsidTr="003D1CC5">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w14:paraId="4719E9FE" w14:textId="13A75789" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seized Drug Training Program </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4832A0A5" w14:textId="5A9C34B5" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37B4BE8F" w14:textId="558E2806" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11/2022 - 08/2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5949BEF2" w14:textId="54961CC4" w:rsidR="00957A2C" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,300 total hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w14:paraId="61606CF1" w14:textId="77777777" w:rsidTr="003D1CC5">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w14:paraId="0CD020A8" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D1CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Applied Biosystems™ RapidHIT ID System install </w:t>
+              <w:t xml:space="preserve">Applied Biosystems™ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHIT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D1CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID System install </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27818082" w14:textId="77777777" w:rsidR="00957A2C" w:rsidRPr="003D1CC5" w:rsidRDefault="00957A2C" w:rsidP="00957A2C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D1CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3956,51 +4147,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4009,135 +4200,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -4206,224 +4394,220 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E26602" w:rsidRPr="007F2E28" w14:paraId="540EB493" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -4616,485 +4800,760 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C69978" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+    <w:p w14:paraId="5172782F" w14:textId="77777777" w:rsidR="0000120B" w:rsidRDefault="0000120B" w:rsidP="0000120B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4026"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3426"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w14:paraId="04B7D02F" w14:textId="77777777" w:rsidTr="00ED3B6C">
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="27620A49" w14:textId="77777777" w:rsidTr="00CC2D00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="433A16C4" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+              <w:p w14:paraId="2F797F76" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4026" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26884654" w14:textId="11DFE34B" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+          <w:p w14:paraId="631BAA48" w14:textId="3DAF8A44" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Forensic Scientist II</w:t>
+              <w:t>Forensic Scientist III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="54FED849" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+              <w:p w14:paraId="376072E2" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBC4535" w14:textId="0BF981FE" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+          <w:p w14:paraId="0A242311" w14:textId="2BA1BAF6" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>November 2023 – Present</w:t>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ecember 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w14:paraId="0D1977D5" w14:textId="77777777" w:rsidTr="00ED3B6C">
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="23889A10" w14:textId="77777777" w:rsidTr="00CC2D00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="1ABA4AF5" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+              <w:p w14:paraId="77315474" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="77DA4F19" w14:textId="7E5602A1" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+          <w:p w14:paraId="3A81E059" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w14:paraId="7A03A8F7" w14:textId="77777777" w:rsidTr="00ED3B6C">
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="57A0D4FD" w14:textId="77777777" w:rsidTr="00CC2D00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2516E2B3" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+          <w:p w14:paraId="4A8B2896" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w14:paraId="42808CE1" w14:textId="77777777" w:rsidTr="00ED3B6C">
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="3B42C354" w14:textId="77777777" w:rsidTr="00CC2D00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="797617EB" w14:textId="2E3BE87D" w:rsidR="00ED3B6C" w:rsidRPr="007F2E28" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+          <w:p w14:paraId="5017C739" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Controlled substance analysis and criminal court testimony</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Controlled substance analysis and criminal court testimony. Breath alcohol toxicology – calibration and processes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D64034F" w14:textId="77777777" w:rsidR="00ED3B6C" w:rsidRPr="00C00034" w:rsidRDefault="00ED3B6C" w:rsidP="007F2E28">
+    <w:p w14:paraId="06DBF0EF" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="0000120B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1098098C" w14:textId="77777777" w:rsidR="0000120B" w:rsidRDefault="0000120B" w:rsidP="0000120B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="4026"/>
+        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="3426"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="6595B315" w14:textId="77777777" w:rsidTr="00CC2D00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:id w:val="2104297354"/>
+              <w:lock w:val="contentLocked"/>
+              <w:group/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="33B2F8E2" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="007F2E28">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Job Title</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4026" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7402B257" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Forensic Scientist II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:id w:val="1933617715"/>
+              <w:lock w:val="contentLocked"/>
+              <w:group/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="2680B54F" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="007F2E28">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Tenure</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B85B5C" w14:textId="1DCF1C4C" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>November 2023 – D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ecember 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="7ADE8123" w14:textId="77777777" w:rsidTr="00CC2D00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:id w:val="-914545372"/>
+              <w:lock w:val="contentLocked"/>
+              <w:group/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="3B042497" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+                <w:pPr>
+                  <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="007F2E28">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                    <w:b/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>Employer</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8345" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FC8747" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="20CA1128" w14:textId="77777777" w:rsidTr="00CC2D00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="450D0D75" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F2E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Provide a brief description of principal duties:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000120B" w:rsidRPr="007F2E28" w14:paraId="53F3BBD6" w14:textId="77777777" w:rsidTr="00CC2D00">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0300E23C" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="00CC2D00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Controlled substance analysis and criminal court testimony. Breath alcohol toxicology – calibration and processes. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07E2B65D" w14:textId="77777777" w:rsidR="0000120B" w:rsidRPr="007F2E28" w:rsidRDefault="0000120B" w:rsidP="0000120B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D1F646" w14:textId="7D8E26C6" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4020"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3434"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5132,51 +5591,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5238,51 +5696,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5387,116 +5844,114 @@
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5531,51 +5986,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5612,51 +6066,50 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5761,115 +6214,133 @@
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00CE32EF" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F670" w14:textId="79A785B0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5882,61 +6353,63 @@
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CD52182" w14:textId="77777777" w:rsidR="007B1443" w:rsidRDefault="003D1CC5" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Byrne J, Bartome R, Swisher K, Perrault K. Investigating Volatile Organic Compounds in Kava Samples Using </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>GCxGC-qMS</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>; December 3, 2019; Poster Presented at Division of Natural Sciences and Mathematics, Chaminade University of Honolulu, HI 96816</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E70A439" w14:textId="77777777" w:rsidR="007B1443" w:rsidRPr="007B1443" w:rsidRDefault="007B1443" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Nova Cond Light" w:hAnsi="Arial Nova Cond Light"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53C9456C" w14:textId="77777777" w:rsidR="00DF2BB5" w:rsidRDefault="00DF2BB5" w:rsidP="00F7381B">
             <w:pPr>
@@ -6109,61 +6582,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="354466C8" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
+    <w:p w14:paraId="23CBC51D" w14:textId="77777777" w:rsidR="00D07D68" w:rsidRDefault="00D07D68" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40B6DB7D" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
+    <w:p w14:paraId="0160AC24" w14:textId="77777777" w:rsidR="00D07D68" w:rsidRDefault="00D07D68" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6201,78 +6674,77 @@
   <w:font w:name="Arial Nova Cond Light">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00CE32EF" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -6509,51 +6981,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="003D1CC5">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -6562,51 +7033,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -6659,61 +7129,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01EA77BD" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
+    <w:p w14:paraId="5DF14529" w14:textId="77777777" w:rsidR="00D07D68" w:rsidRDefault="00D07D68" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7334745F" w14:textId="77777777" w:rsidR="007D56AD" w:rsidRDefault="007D56AD" w:rsidP="00D73674">
+    <w:p w14:paraId="252B3708" w14:textId="77777777" w:rsidR="00D07D68" w:rsidRDefault="00D07D68" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -6812,87 +7282,91 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
+    <w:rsid w:val="0000120B"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000300F8"/>
     <w:rsid w:val="000306FA"/>
     <w:rsid w:val="00033CC6"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00062883"/>
     <w:rsid w:val="00063A23"/>
     <w:rsid w:val="000654C9"/>
     <w:rsid w:val="00071729"/>
     <w:rsid w:val="0007596C"/>
     <w:rsid w:val="000A1394"/>
+    <w:rsid w:val="000B5F43"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000F0A40"/>
+    <w:rsid w:val="00115542"/>
     <w:rsid w:val="001171C9"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="0017799C"/>
     <w:rsid w:val="001A4F6B"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001F4B60"/>
     <w:rsid w:val="001F643A"/>
     <w:rsid w:val="001F69E6"/>
     <w:rsid w:val="00201211"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="002530A1"/>
     <w:rsid w:val="00253243"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="002731FA"/>
     <w:rsid w:val="00280819"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="0029110A"/>
@@ -6921,168 +7395,177 @@
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00491AB4"/>
     <w:rsid w:val="004A055D"/>
     <w:rsid w:val="004B39B3"/>
     <w:rsid w:val="004B7114"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C091B"/>
     <w:rsid w:val="004C5E2B"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004E0F78"/>
     <w:rsid w:val="0050050B"/>
     <w:rsid w:val="0050219E"/>
     <w:rsid w:val="00503E06"/>
     <w:rsid w:val="00505767"/>
     <w:rsid w:val="00510221"/>
     <w:rsid w:val="00531421"/>
     <w:rsid w:val="00535DAD"/>
     <w:rsid w:val="00536E9B"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00553551"/>
     <w:rsid w:val="00557A7A"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005B39CD"/>
     <w:rsid w:val="005D6436"/>
+    <w:rsid w:val="005F656D"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00622530"/>
     <w:rsid w:val="0062276E"/>
     <w:rsid w:val="00624E0B"/>
     <w:rsid w:val="006403ED"/>
     <w:rsid w:val="0064428F"/>
     <w:rsid w:val="00651FEE"/>
     <w:rsid w:val="0066491B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="0066672D"/>
     <w:rsid w:val="006755BD"/>
+    <w:rsid w:val="006835B2"/>
     <w:rsid w:val="006878A1"/>
     <w:rsid w:val="00693BBA"/>
     <w:rsid w:val="006A2FC5"/>
     <w:rsid w:val="006C7245"/>
     <w:rsid w:val="006D46E6"/>
     <w:rsid w:val="00725B06"/>
     <w:rsid w:val="00733EEE"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B1443"/>
     <w:rsid w:val="007D56AD"/>
     <w:rsid w:val="007E3F94"/>
     <w:rsid w:val="007F0E7E"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00804A87"/>
     <w:rsid w:val="00807B29"/>
+    <w:rsid w:val="00846777"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0087024E"/>
     <w:rsid w:val="008705B4"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A5F56"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D5D5B"/>
     <w:rsid w:val="008D6B9A"/>
     <w:rsid w:val="008E1C64"/>
     <w:rsid w:val="00922899"/>
     <w:rsid w:val="009231DC"/>
     <w:rsid w:val="0092339B"/>
     <w:rsid w:val="009361F9"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00941300"/>
+    <w:rsid w:val="009444E9"/>
     <w:rsid w:val="00957A2C"/>
     <w:rsid w:val="009817B3"/>
     <w:rsid w:val="00984B22"/>
     <w:rsid w:val="00990EB2"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B08A1"/>
     <w:rsid w:val="009E18E6"/>
     <w:rsid w:val="009E649E"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A862A5"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA3282"/>
     <w:rsid w:val="00B10A7B"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B5452F"/>
     <w:rsid w:val="00B61E55"/>
     <w:rsid w:val="00B658F0"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B77707"/>
     <w:rsid w:val="00B861D5"/>
     <w:rsid w:val="00BA1261"/>
+    <w:rsid w:val="00BA3C95"/>
     <w:rsid w:val="00BA5B4B"/>
     <w:rsid w:val="00BB7FC9"/>
     <w:rsid w:val="00BC0AA9"/>
     <w:rsid w:val="00BC28D7"/>
     <w:rsid w:val="00BC582A"/>
     <w:rsid w:val="00BD0DB5"/>
     <w:rsid w:val="00BF40D8"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00BF71A5"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C00F4A"/>
     <w:rsid w:val="00C22C34"/>
     <w:rsid w:val="00C40D62"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C8259A"/>
     <w:rsid w:val="00CE3157"/>
     <w:rsid w:val="00CE32EF"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D0571D"/>
     <w:rsid w:val="00D06041"/>
+    <w:rsid w:val="00D07D68"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D90E4D"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DF2BB5"/>
     <w:rsid w:val="00DF4D63"/>
     <w:rsid w:val="00DF7534"/>
     <w:rsid w:val="00E0225A"/>
     <w:rsid w:val="00E25427"/>
     <w:rsid w:val="00E26602"/>
     <w:rsid w:val="00E2789E"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E568E8"/>
     <w:rsid w:val="00E57CC6"/>
     <w:rsid w:val="00E63C4A"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC6AA9"/>
     <w:rsid w:val="00ED3B6C"/>
     <w:rsid w:val="00EE40C9"/>
     <w:rsid w:val="00EF1E04"/>
     <w:rsid w:val="00F068EB"/>
     <w:rsid w:val="00F14918"/>
     <w:rsid w:val="00F15F77"/>
     <w:rsid w:val="00F16AA8"/>
+    <w:rsid w:val="00F220E0"/>
     <w:rsid w:val="00F45D06"/>
+    <w:rsid w:val="00F51840"/>
+    <w:rsid w:val="00F53DED"/>
     <w:rsid w:val="00F56AE2"/>
     <w:rsid w:val="00F56D26"/>
     <w:rsid w:val="00F574DF"/>
     <w:rsid w:val="00F626FA"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F72E8F"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F76ADA"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F93996"/>
     <w:rsid w:val="00F97833"/>
     <w:rsid w:val="00FB0F32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -9580,58 +10063,61 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000300F8"/>
     <w:rsid w:val="000654C9"/>
     <w:rsid w:val="001557A6"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00281D07"/>
     <w:rsid w:val="00311DFF"/>
     <w:rsid w:val="00332A95"/>
     <w:rsid w:val="003C4BE9"/>
     <w:rsid w:val="003F0DAB"/>
     <w:rsid w:val="004B7440"/>
     <w:rsid w:val="00605305"/>
     <w:rsid w:val="006A5F43"/>
     <w:rsid w:val="00807B29"/>
+    <w:rsid w:val="00846777"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009418BA"/>
+    <w:rsid w:val="009444E9"/>
     <w:rsid w:val="00A03D06"/>
     <w:rsid w:val="00A337F9"/>
     <w:rsid w:val="00A61765"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B77707"/>
+    <w:rsid w:val="00BE77BC"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE40C9"/>
     <w:rsid w:val="00F14918"/>
     <w:rsid w:val="00F16AA8"/>
     <w:rsid w:val="00F56AE2"/>
     <w:rsid w:val="00F56D26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -10372,114 +10858,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...44 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -10798,119 +11226,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">71</Staff_x0020_Member>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDDBDDD0-4095-4E5E-907A-3B7ED9828D3E}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5331</Characters>
+  <Pages>3</Pages>
+  <Words>875</Words>
+  <Characters>5651</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>224</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6254</CharactersWithSpaces>
+  <CharactersWithSpaces>6440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kaija L. Swisher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>