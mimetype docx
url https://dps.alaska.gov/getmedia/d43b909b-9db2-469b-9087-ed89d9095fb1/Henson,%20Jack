--- v0 (2025-10-18)
+++ v1 (2026-02-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="673F1723" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="4FE3B18D" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -146,66 +146,102 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-06-09T00:00:00Z">
+          <w:date w:fullDate="2026-02-03T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
+          <w:r w:rsidR="00EC6930">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
           <w:r w:rsidR="00444842">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>6/9/2025</w:t>
+            <w:t>/</w:t>
+          </w:r>
+          <w:r w:rsidR="00EC6930">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r w:rsidR="00444842">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>/202</w:t>
+          </w:r>
+          <w:r w:rsidR="00EC6930">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="3441251B" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1831,50 +1867,135 @@
               <w:group/>
             </w:sdtPr>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00FF3FF0" w:rsidRPr="007F2E28" w14:paraId="6448642F" w14:textId="77777777" w:rsidTr="0048762B">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8F7683" w14:textId="502EFEC4" w:rsidR="00FF3FF0" w:rsidRDefault="00FF3FF0" w:rsidP="00105356">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alm Prints Searching Smart</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C24904" w14:textId="530742F2" w:rsidR="00FF3FF0" w:rsidRDefault="00FF3FF0" w:rsidP="00105356">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ron Smith &amp; Associates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D781EF4" w14:textId="5B1C21BD" w:rsidR="00FF3FF0" w:rsidRDefault="007645FF" w:rsidP="00105356">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>September 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="001305D8" w:rsidRPr="007F2E28" w14:paraId="6F103906" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0962ACBC" w14:textId="2970D7C5" w:rsidR="001305D8" w:rsidRDefault="001B7290" w:rsidP="00105356">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3031,139 +3152,113 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F61C" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F619" w14:textId="03BF03CF" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F619" w14:textId="3BFD86E4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00985085" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Latent Prints</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61A" w14:textId="002F0AE8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F61A" w14:textId="41457162" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00985085" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61B" w14:textId="2D1AB4F3" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-[...57 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="61D1F61B" w14:textId="201B9458" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00985085" w:rsidP="007F2E28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F628" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F625" w14:textId="35D23F1C" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
@@ -3840,114 +3935,82 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003223E2" w:rsidRPr="007F2E28" w14:paraId="3C0DE04F" w14:textId="77777777" w:rsidTr="003223E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="604E6F3A" w14:textId="16E75F6C" w:rsidR="003223E2" w:rsidRPr="007F2E28" w:rsidRDefault="00F93FC0" w:rsidP="003B63BF">
+          <w:p w14:paraId="604E6F3A" w14:textId="40A55DD4" w:rsidR="003223E2" w:rsidRPr="007F2E28" w:rsidRDefault="00F93FC0" w:rsidP="003B63BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Process physical evidence for latent fingerprint recovery, </w:t>
             </w:r>
             <w:r w:rsidR="00B01752" w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>comparison,</w:t>
             </w:r>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and identification. Documenting test results, analysis and findings using LIMS and automated electronic workflows. Digital photography, chemical and physical testing methods for analysis, laboratory equipment and chemical preparation and providing training to law enforcement. Process crime scenes by photographing, taking notes, performing chemical and physical enhancements on impression and biological evidence. Collecti</w:t>
-[...31 lines deleted...]
-              <w:t>. Performing administrative and technical reviews of other latent print processors</w:t>
+              <w:t xml:space="preserve"> and identification. Documenting test results, analysis and findings using LIMS and automated electronic workflows. Digital photography, chemical and physical testing methods for analysis, laboratory equipment and chemical preparation and providing training to law enforcement. Performing administrative and technical reviews of other latent print processors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="004657DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> reports. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35575342" w14:textId="77777777" w:rsidR="004611F2" w:rsidRPr="00C00034" w:rsidRDefault="004611F2" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -4657,88 +4720,60 @@
               </w:rPr>
               <w:t>Supervise the Automated Biometric Identification System,</w:t>
             </w:r>
             <w:r w:rsidR="00AE230B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> perform the most difficult fingerprint comparisons and identifications,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> train staff on the science of fingerprints, and testify as an expert witness in cases involving friction ridge comparison.</w:t>
             </w:r>
             <w:r w:rsidR="00AE230B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Instruct various law enforcement employees on fingerprinting techniques on a variety of systems and instruct the public on the best practices for capturing fingerprints. Perform </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and latent inquiries</w:t>
+              <w:t xml:space="preserve"> Instruct various law enforcement employees on fingerprinting techniques on a variety of systems and instruct the public on the best practices for capturing fingerprints. Perform tenprint and latent inquiries</w:t>
             </w:r>
             <w:r w:rsidR="008D1984">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, comparisons, and </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, comparisons, and idenfitications</w:t>
+            </w:r>
             <w:r w:rsidR="00AE230B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> on deceased prints, CODIS prints, and Superior Court Judgments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
@@ -5658,51 +5693,50 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -5802,80 +5836,80 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="186CDE06" w14:textId="77777777" w:rsidR="00562117" w:rsidRDefault="00562117" w:rsidP="00D73674">
+    <w:p w14:paraId="325E7E86" w14:textId="77777777" w:rsidR="007B632F" w:rsidRDefault="007B632F" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25D3432F" w14:textId="77777777" w:rsidR="00562117" w:rsidRDefault="00562117" w:rsidP="00D73674">
+    <w:p w14:paraId="28353FED" w14:textId="77777777" w:rsidR="007B632F" w:rsidRDefault="007B632F" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -5888,51 +5922,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -6350,61 +6384,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31579AF5" w14:textId="77777777" w:rsidR="00562117" w:rsidRDefault="00562117" w:rsidP="00D73674">
+    <w:p w14:paraId="539AA982" w14:textId="77777777" w:rsidR="007B632F" w:rsidRDefault="007B632F" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="259B8614" w14:textId="77777777" w:rsidR="00562117" w:rsidRDefault="00562117" w:rsidP="00D73674">
+    <w:p w14:paraId="2D1B8A4A" w14:textId="77777777" w:rsidR="007B632F" w:rsidRDefault="007B632F" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -6503,180 +6537,188 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00033210"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00093291"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000D3F2F"/>
     <w:rsid w:val="00105356"/>
     <w:rsid w:val="00112F16"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001305D8"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001A25EA"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B7290"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="00305896"/>
     <w:rsid w:val="00314366"/>
     <w:rsid w:val="003223E2"/>
     <w:rsid w:val="003313D3"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00351E24"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00433D10"/>
     <w:rsid w:val="00444842"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004611F2"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004E21E9"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00562117"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="005F709C"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
+    <w:rsid w:val="00666B2A"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00676337"/>
     <w:rsid w:val="00763D80"/>
+    <w:rsid w:val="007645FF"/>
     <w:rsid w:val="00785945"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
+    <w:rsid w:val="007B632F"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00806E8B"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00891E41"/>
     <w:rsid w:val="008A42F4"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B0248"/>
     <w:rsid w:val="008D1984"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008F1897"/>
     <w:rsid w:val="00916472"/>
     <w:rsid w:val="00932854"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00985085"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A5402F"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AE230B"/>
     <w:rsid w:val="00B01752"/>
+    <w:rsid w:val="00B01824"/>
     <w:rsid w:val="00B15F57"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C779B0"/>
     <w:rsid w:val="00CD67CB"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD3BE9"/>
     <w:rsid w:val="00E47705"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00EC6930"/>
     <w:rsid w:val="00ED5775"/>
     <w:rsid w:val="00EE78A6"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F93FC0"/>
     <w:rsid w:val="00FD4220"/>
+    <w:rsid w:val="00FF3FF0"/>
     <w:rsid w:val="2B2BEC2B"/>
     <w:rsid w:val="333539FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -7388,51 +7430,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -7445,90 +7487,92 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0026403C"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="003313D3"/>
     <w:rsid w:val="0036361E"/>
+    <w:rsid w:val="00503E0E"/>
     <w:rsid w:val="00596941"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BE1F46"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -8268,156 +8312,110 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...63 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8433,51 +8431,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -8678,117 +8676,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">74</Staff_x0020_Member>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <UserInfo>
+        <DisplayName>Jones, Tyler K (LAW)</DisplayName>
+        <AccountId>3187</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7815DC75-35CD-46A7-A5A0-1AFB1E961FCD}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61F6827A-24DE-470D-BA71-29490851317D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>926</Words>
-  <Characters>5282</Characters>
+  <Words>824</Words>
+  <Characters>5262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>210</Lines>
+  <Paragraphs>169</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6196</CharactersWithSpaces>
+  <CharactersWithSpaces>5917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>