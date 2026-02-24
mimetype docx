--- v0 (2025-10-07)
+++ v1 (2026-02-24)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="50EE5F52" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="1242BBFE" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,76 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-11T00:00:00Z">
+          <w:date w:fullDate="2026-01-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007C0719">
+          <w:r w:rsidR="00A315C3">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/11</w:t>
-[...8 lines deleted...]
-            <w:t>/2025</w:t>
+            <w:t>1/9/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="2A42C27C" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1218,59 +1209,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1780,51 +1790,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2629,51 +2639,91 @@
               <w:t>Ethics, Impartiality and Confidentiality (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="751C32DA" w14:textId="77777777" w:rsidR="004D191C" w:rsidRDefault="004D191C" w:rsidP="004D191C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln – Seaglass Training</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30362C72" w14:textId="55D7DE77" w:rsidR="004D191C" w:rsidRPr="59596099" w:rsidRDefault="004D191C" w:rsidP="004D191C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2729,51 +2779,91 @@
               <w:t>Root Cause Analysis (6 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="156D1018" w14:textId="77777777" w:rsidR="004D191C" w:rsidRDefault="004D191C" w:rsidP="004D191C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Anja Einseln – Seaglass Training</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Einseln</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B6A7124" w14:textId="140F2184" w:rsidR="004D191C" w:rsidRPr="59596099" w:rsidRDefault="004D191C" w:rsidP="004D191C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4218,51 +4308,69 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009738B1" w:rsidRPr="007F2E28" w14:paraId="1C1F3E44" w14:textId="77777777" w:rsidTr="2D51C175">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17E1DE50" w14:textId="7B66FAD8" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Workshop Topics Included: Crime Scene Investigation Series Instructor Meeting, Searching Smart: A faster way to the Answer, How to prepare for the Latent Print IAI Certification Exam, Comparison of Plantar Friction Ridge Impressions, Crease and 3</w:t>
+              <w:t xml:space="preserve">Workshop Topics Included: Crime Scene Investigation Series Instructor Meeting, Searching Smart: A faster way to the Answer, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>How</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to prepare for the Latent Print IAI Certification Exam, Comparison of Plantar Friction Ridge Impressions, Crease and 3</w:t>
             </w:r>
             <w:r w:rsidRPr="008553A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level Details, Seeing Through the Noise: Exploiting Complexion Differences Between Ridges and Furrows. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5044,109 +5152,129 @@
             </w:pPr>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Federal Bureau of Investigation Criminal Justice Information Services Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7384F682" w14:textId="70FF9077" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>May, 20, 2016</w:t>
+              <w:t>May,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00151D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20, 2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009738B1" w:rsidRPr="007F2E28" w14:paraId="3C540BB1" w14:textId="77777777" w:rsidTr="2D51C175">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07CCB151" w14:textId="1756140D" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arson and Crime Scene Photography Basics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52BB31FD" w14:textId="5C4C0313" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sirchie Webinar</w:t>
+              <w:t>Sirchie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Webinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72798E46" w14:textId="6B1ECD43" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>March 22, 2016</w:t>
             </w:r>
@@ -5157,58 +5285,86 @@
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ED1A71E" w14:textId="17B5699F" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Topics Included: Discussion of Simultaneous Impressions, Distortion: Analysis and Discussion (Effect and Cause), Crease and Third Level Ridge Detail, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Ridgeology Science, Latent Print Suitability Training, and Mastering Nighttime Digital Photography. Lecture Topics included: Creating a CSI Experience for Students, Approaches to Conflict Resolution in Latent Print Analysis, Test Taking Strategies for the New CLPE Certification Test, and Transporting Your Latent Print Unit Into the Digital Age.</w:t>
+              <w:t>Ridgeology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Science, Latent Print Suitability Training, and Mastering Nighttime Digital Photography. Lecture Topics included: Creating a CSI Experience for Students, Approaches to Conflict Resolution in Latent Print Analysis, Test Taking Strategies for the New CLPE Certification Test, and Transporting Your Latent Print Unit </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00151D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Into</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00151D19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Digital Age.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C051D23" w14:textId="25A1A9FE" w:rsidR="009738B1" w:rsidRPr="007F2E28" w:rsidRDefault="009738B1" w:rsidP="009738B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00151D19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>100th IAI Educational Conference, Sacramento CA</w:t>
@@ -7215,51 +7371,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7727,66 +7883,66 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30C06072" w14:textId="39BD1CF8" w:rsidR="007C0719" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F40CB21" w14:textId="07615D8F" w:rsidR="007C0719" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+          <w:p w14:paraId="5F40CB21" w14:textId="24B6FA53" w:rsidR="007C0719" w:rsidRDefault="00FB1ED3" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -7801,51 +7957,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -8508,59 +8664,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -8990,51 +9165,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9308,51 +9483,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9618,51 +9793,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -9945,51 +10120,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007C0719" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00FA11C5" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -10494,59 +10669,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -10701,580 +10895,742 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="183E4E83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06B80045" w14:textId="77777777" w:rsidR="00BC0B5A" w:rsidRDefault="00BC0B5A" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C93E6BE" w14:textId="56055CDA" w:rsidR="00BC0B5A" w:rsidRDefault="00BC0B5A" w:rsidP="00AF3DF9">
+          <w:p w14:paraId="696B7C4E" w14:textId="77777777" w:rsidR="00A315C3" w:rsidRDefault="00A315C3" w:rsidP="00A315C3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12/2025 – </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DF19F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+            <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. </w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+            <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">LET Academy, </w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fairbanks</w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+            <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AK (</w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+            <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> hours)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09F88B46" w14:textId="77777777" w:rsidR="00083ED7" w:rsidRDefault="00083ED7" w:rsidP="00AF3DF9">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5857A5EF" w14:textId="77777777" w:rsidR="00A315C3" w:rsidRDefault="00A315C3" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D7E09CA" w14:textId="112CDAC5" w:rsidR="009314BD" w:rsidRDefault="009314BD" w:rsidP="009314BD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">12/2024 – </w:t>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. </w:t>
+              <w:t>/202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>F</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">LET Academy, </w:t>
-[...85 lines deleted...]
-          <w:p w14:paraId="318C8A87" w14:textId="1F039FB9" w:rsidR="00F223A6" w:rsidRDefault="00083ED7" w:rsidP="00AF3DF9">
+              <w:t xml:space="preserve"> – Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E0432E" w14:textId="77777777" w:rsidR="009314BD" w:rsidRDefault="009314BD" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C93E6BE" w14:textId="0F58AFA9" w:rsidR="00BC0B5A" w:rsidRDefault="00BC0B5A" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00083ED7">
-[...5 lines deleted...]
-              <w:t>10/2024 –</w:t>
+            <w:r w:rsidRPr="00DF19F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5/2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LET Academy, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fairbanks</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AK (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF19F2" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F88B46" w14:textId="77777777" w:rsidR="00083ED7" w:rsidRDefault="00083ED7" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5665A286" w14:textId="143FB752" w:rsidR="00753465" w:rsidRDefault="00753465" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12/2024 – </w:t>
             </w:r>
             <w:r w:rsidRPr="42948147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7BF589D5" w14:textId="77777777" w:rsidR="00F223A6" w:rsidRPr="00AF3A1E" w:rsidRDefault="00F223A6" w:rsidP="00AF3DF9">
+              <w:t xml:space="preserve">Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LET Academy, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fairbanks</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AK (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0600B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15BD48E5" w14:textId="77777777" w:rsidR="00753465" w:rsidRDefault="00753465" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04D689C6" w14:textId="1418C7FF" w:rsidR="00753465" w:rsidRDefault="00753465" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11/2024 – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="183E4E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691344E3" w14:textId="77777777" w:rsidR="00083ED7" w:rsidRDefault="00083ED7" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="318C8A87" w14:textId="1F039FB9" w:rsidR="00F223A6" w:rsidRDefault="00083ED7" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00083ED7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10/2024 –</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...234 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF589D5" w14:textId="77777777" w:rsidR="00F223A6" w:rsidRPr="00AF3A1E" w:rsidRDefault="00F223A6" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BEC6546" w14:textId="54438470" w:rsidR="00566182" w:rsidRDefault="00566182" w:rsidP="00566182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3B9C6A" w14:textId="77777777" w:rsidR="00566182" w:rsidRDefault="00566182" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AF10D90" w14:textId="262079AF" w:rsidR="00566182" w:rsidRDefault="00566182" w:rsidP="00566182">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9/2023 –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="183E4E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C29AD73" w14:textId="77777777" w:rsidR="007E58D8" w:rsidRDefault="007E58D8" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16FB351B" w14:textId="2A842FC7" w:rsidR="00AE0B5B" w:rsidRDefault="00AE0B5B" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91F94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C55C817" w14:textId="77777777" w:rsidR="00AE0B5B" w:rsidRDefault="00AE0B5B" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B4BE683" w14:textId="5511545B" w:rsidR="00AE0B5B" w:rsidRDefault="00B91F94" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE0B5B" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE0B5B" w:rsidRPr="42948147">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Crime Scene Photography, Footwear, Latent Prints, Physical Evidence Collection and Packaging, and Chemical Enhancement. ALET Academy, Sitka AK (32 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7988E5F9" w14:textId="77777777" w:rsidR="00AE0B5B" w:rsidRDefault="00AE0B5B" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E0C5F25" w14:textId="2E471F4F" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="183E4E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>April 13-15, 2022 –Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, Alaska State Trooper Post Fairbanks AK (24 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BAB0054" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A389A51" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AE0B5B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="183E4E83">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>March 8-10, 2022 –Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0884DC63" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C0775F6" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="459D8F15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>September 14-16, 2021 –Crime Scene Processing and Advanced Crime Scene Processing. Various Law Enforcement Personnel, State Crime Detection Laboratory Anchorage AK (24 hours)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="754560D0" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11476,51 +11832,67 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Evidence collection, Footwear/</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tire tracks, Latent Prints, ALET Academy, Sitka</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AK</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (32 hrs)</w:t>
+              <w:t xml:space="preserve"> (32 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DC45641" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="302DE38A" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5/2019 – </w:t>
@@ -11536,51 +11908,67 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Evidence collection, Footwear/</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Tire tracks, Latent Prints, ALET Academy, Sitka</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AK</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (32 hrs)</w:t>
+              <w:t xml:space="preserve"> (32 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B7EFC7F" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="01A98C67" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1/2019 – Advanced Crime Scene Photography and Physical Evidence Collection, Ketchikan, AK (16 hours)</w:t>
@@ -11639,222 +12027,334 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5/2018 – Crime Scene Photography, Physical Evidence collection, Footwear &amp; Tire tracks, Latent Prints, ALET Academy, Sitka</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> AK</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (32 hrs)</w:t>
+              <w:t xml:space="preserve"> (32 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4ECA9A1B" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D86D64C" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>5/2018 – Crime Scene Processing and Advanced Crime Scene Processing, Crime Lab, Anchorage, AK (16 hrs)</w:t>
+              <w:t xml:space="preserve">5/2018 – Crime Scene Processing and Advanced Crime Scene Processing, Crime Lab, Anchorage, AK (16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48D80F4E" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23CFFA2E" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>4/2018 – Alaska Fire and Arson Investigator Training Conference, Physical Evidence Photography and Collection,  JBER, AK (2 hrs)</w:t>
+              <w:t xml:space="preserve">4/2018 – Alaska Fire and Arson Investigator Training Conference, Physical Evidence Photography and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Collection,  JBER</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, AK (2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CBD7E30" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C9F0295" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4/2018 – Crime Scene Processing and Advanced Crime Sc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ene Processing, Kenai AK (16 hrs)</w:t>
+              <w:t xml:space="preserve">ene Processing, Kenai AK (16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B32CD71" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7700548B" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">4/2018— </w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Crime Scene Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>, Homer AK (4 hrs)</w:t>
+              <w:t xml:space="preserve">, Homer AK (4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62B8594C" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55469BBD" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7/2017—Crime Scene Photography, State of Alaska Crime Laboratory, Anchorage AK (16hrs)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10D1876A" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5144BA9C" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>5/2017—Crime Scene Photography, Physical Evidence Collection, Footwear &amp; Tire tracks, Latent Prints, ALET Academy, Sitka AK(32hrs)</w:t>
+              <w:t xml:space="preserve">5/2017—Crime Scene Photography, Physical Evidence Collection, Footwear &amp; Tire tracks, Latent Prints, ALET Academy, Sitka </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE2F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AK(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE2F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>32hrs)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54B7C8FD" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29A67557" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5/2017—Crime Scene Photography, Footwear, Latent Prints, and Chemical Enhancement, Sitka Police Department, Sitka AK (8hrs)</w:t>
@@ -11885,51 +12385,67 @@
               <w:t>1/2017—Crime Scene Photography, Footwear, Latent Prints, and Chemical Enhancement, Kenai Police Department, Kenai AK (20hrs)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20037062" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EFB158D" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>5/2016 –Crime Scene Photography, Latent Prints, Footwear &amp; Tire tracks, Physical Evidence Collection, ALET Academy, Sitka  AK(32hrs)</w:t>
+              <w:t xml:space="preserve">5/2016 –Crime Scene Photography, Latent Prints, Footwear &amp; Tire tracks, Physical Evidence Collection, ALET Academy, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE2F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Sitka  AK</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE2F0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(32hrs)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="417693AC" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D0BF1F7" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="00EE2F0C" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2F0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5/2015 –Crime Scene Photography, Physical Evidence Collection, Latent Prints and Impression Evidence, ALET Academy, Sitka</w:t>
@@ -12010,50 +12526,51 @@
           <w:p w14:paraId="23C8929F" w14:textId="77777777" w:rsidR="00D0600B" w:rsidRDefault="00D0600B" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CEB6DDF" w14:textId="0CAB542A" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Speaker at the International Association </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Identification Educational Conference:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EE2ED5D" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
@@ -12122,51 +12639,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">8/2024 </w:t>
             </w:r>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Forensics In The Dark</w:t>
+              <w:t xml:space="preserve">Forensics In </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dark</w:t>
             </w:r>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Crime Scene Workshop Series, IAI Educational Conference, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reno, NV</w:t>
             </w:r>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4 hours)</w:t>
             </w:r>
@@ -12174,51 +12709,50 @@
           <w:p w14:paraId="7551AC90" w14:textId="77777777" w:rsidR="00110845" w:rsidRDefault="00110845" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5251F154" w14:textId="3140C570" w:rsidR="00110845" w:rsidRDefault="00110845" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8/2024 </w:t>
             </w:r>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collection of Biological Evidence and Chemical Enhancement</w:t>
             </w:r>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Crime Scene Workshop Series, IAI Educational Conference, </w:t>
@@ -12299,181 +12833,233 @@
           <w:p w14:paraId="19B50075" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FDF547B" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="008553A5" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8/2019 – Chemical Enhancement of Blood in the Field, Crime Scene Workshop Series, IAI Educational Conference, Reno, NV (4 hrs)</w:t>
+              <w:t xml:space="preserve">8/2019 – Chemical Enhancement of Blood in the Field, Crime Scene Workshop Series, IAI Educational Conference, Reno, NV (4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="59596099">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="59596099">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45B8D391" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="006846AA" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E993631" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="006846AA" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006846AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>8/2018 - Crime Scene Low Light Photography, IAI Educational Conference, San Antonio, TX (4 hrs)</w:t>
+              <w:t xml:space="preserve">8/2018 - Crime Scene Low Light Photography, IAI Educational Conference, San Antonio, TX (4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36C0F1CF" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23095D48" w14:textId="77777777" w:rsidR="00AF3DF9" w:rsidRPr="007F2E28" w:rsidRDefault="00AF3DF9" w:rsidP="00AF3DF9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="59596099">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8/2018 - Chemical Enhancement of Blood in the Field, Crime Scene Workshop Series, IAI Educational Conference, San Antonio, TX (4 hrs)</w:t>
+              <w:t xml:space="preserve">8/2018 - Chemical Enhancement of Blood in the Field, Crime Scene Workshop Series, IAI Educational Conference, San Antonio, TX (4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="59596099">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="59596099">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78A4E46C" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6" w:rsidP="00D73674">
+    <w:p w14:paraId="182918EB" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="583B16F0" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6" w:rsidP="00D73674">
+    <w:p w14:paraId="51BFD44F" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C4C5BE1" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6">
+    <w:p w14:paraId="1BA23E0B" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -12486,58 +13072,58 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="007C0719" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00FA11C5" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -12951,71 +13537,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DEFE96A" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6" w:rsidP="00D73674">
+    <w:p w14:paraId="09E6E30B" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61455473" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6" w:rsidP="00D73674">
+    <w:p w14:paraId="27A737EF" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2801C44B" w14:textId="77777777" w:rsidR="004F1EC6" w:rsidRDefault="004F1EC6">
+    <w:p w14:paraId="53208600" w14:textId="77777777" w:rsidR="00955790" w:rsidRDefault="00955790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -13111,202 +13697,214 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
+    <w:rsid w:val="000064E0"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="0002037D"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00083ED7"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000F3CCF"/>
     <w:rsid w:val="00110845"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="00154A38"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00177239"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D2C65"/>
     <w:rsid w:val="001D588C"/>
     <w:rsid w:val="001E4C50"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002962F2"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00363370"/>
     <w:rsid w:val="00370A27"/>
     <w:rsid w:val="00373A78"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="004043E0"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00457B97"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A4E3B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D191C"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004F1EC6"/>
     <w:rsid w:val="0051714A"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00566182"/>
     <w:rsid w:val="00593F4C"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="005F4AAA"/>
     <w:rsid w:val="006003A5"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00684C25"/>
     <w:rsid w:val="006E0B9D"/>
     <w:rsid w:val="00753465"/>
+    <w:rsid w:val="00763862"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007757D9"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007C0719"/>
     <w:rsid w:val="007E58D8"/>
     <w:rsid w:val="007F0222"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="008153A0"/>
     <w:rsid w:val="00830AF4"/>
     <w:rsid w:val="00831B90"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00884EFC"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886D90"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008C22EF"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008F5B8B"/>
     <w:rsid w:val="00904CC5"/>
+    <w:rsid w:val="009314BD"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00955790"/>
     <w:rsid w:val="009738B1"/>
     <w:rsid w:val="00985F86"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009F069E"/>
+    <w:rsid w:val="00A15F4A"/>
+    <w:rsid w:val="00A315C3"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A9498B"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB1BB9"/>
     <w:rsid w:val="00AB6B92"/>
     <w:rsid w:val="00AE0B5B"/>
     <w:rsid w:val="00AF3DF9"/>
     <w:rsid w:val="00B47BC5"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B91F94"/>
     <w:rsid w:val="00BA2DB6"/>
     <w:rsid w:val="00BC0B5A"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CD01DA"/>
     <w:rsid w:val="00CE7A16"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D0600B"/>
+    <w:rsid w:val="00D14AD8"/>
     <w:rsid w:val="00D52342"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DF19F2"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E56B65"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8285C"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EF781C"/>
     <w:rsid w:val="00EF7FAF"/>
     <w:rsid w:val="00F223A6"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F95901"/>
+    <w:rsid w:val="00FA11C5"/>
     <w:rsid w:val="00FA41DA"/>
+    <w:rsid w:val="00FB1ED3"/>
     <w:rsid w:val="0758DBEC"/>
     <w:rsid w:val="16B2577B"/>
     <w:rsid w:val="19D4058C"/>
     <w:rsid w:val="2235F11C"/>
     <w:rsid w:val="2CA392F4"/>
     <w:rsid w:val="2D51C175"/>
     <w:rsid w:val="32EFB7B9"/>
     <w:rsid w:val="410B3F1D"/>
     <w:rsid w:val="491D4AD0"/>
     <w:rsid w:val="4A3757C9"/>
     <w:rsid w:val="6A694F19"/>
     <w:rsid w:val="7A42AB1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -14023,51 +14621,51 @@
       <w:docPartBody>
         <w:p w:rsidR="00D94BBB" w:rsidRDefault="00D9652B" w:rsidP="00D9652B">
           <w:pPr>
             <w:pStyle w:val="570BDA811AD8449FB4DB6EA715ECD20310"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
@@ -14080,94 +14678,99 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
+    <w:rsid w:val="000064E0"/>
     <w:rsid w:val="00154A38"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="002731F0"/>
     <w:rsid w:val="0027524C"/>
+    <w:rsid w:val="003126D6"/>
     <w:rsid w:val="00330D27"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="00661B58"/>
     <w:rsid w:val="007477AA"/>
+    <w:rsid w:val="00763862"/>
     <w:rsid w:val="00891C2D"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00A15F4A"/>
     <w:rsid w:val="00AB1BB9"/>
     <w:rsid w:val="00AB6B92"/>
     <w:rsid w:val="00AC40EA"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BA2DB6"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -14908,153 +15511,110 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...60 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -15070,51 +15630,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -15315,149 +15875,214 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">19</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94163D96-F9B7-45B1-A8D0-1B586E045987}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A0192EF-08BA-43C6-9D77-DFB09189E480}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3003</Words>
-  <Characters>17122</Characters>
+  <Words>2681</Words>
+  <Characters>17385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>574</Lines>
+  <Paragraphs>362</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20085</CharactersWithSpaces>
+  <CharactersWithSpaces>19785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Vendor0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Staff Member">
     <vt:lpwstr>19</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ba744800157f4e26b7bbea83f6b9b1de">
     <vt:lpwstr/>
   </property>