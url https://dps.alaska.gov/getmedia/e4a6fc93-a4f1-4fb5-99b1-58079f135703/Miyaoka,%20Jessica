--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="3F098274" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="5DD81D7B" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,85 +147,85 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="C676495847B8439EB24571B253102066"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-06-05T00:00:00Z">
+          <w:date w:fullDate="2025-10-31T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005D1120">
+          <w:r w:rsidR="007228FF">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>6</w:t>
+            <w:t>10</w:t>
           </w:r>
           <w:r w:rsidR="00EE6851">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/</w:t>
           </w:r>
-          <w:r w:rsidR="005D1120">
+          <w:r w:rsidR="007228FF">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>31</w:t>
           </w:r>
           <w:r w:rsidR="00EE6851">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="1052E506" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1635,51 +1635,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -4925,51 +4925,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5432,51 +5432,51 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F61D" w14:textId="324ED7E9" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61E" w14:textId="50F4D00E" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
+          <w:p w14:paraId="61D1F61E" w14:textId="0B642E2D" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="22830607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2019, October 2019, December 2019, January 2020, January 2021, May 2022, June 2022. July 2022, August 2022, September 2022</w:t>
             </w:r>
             <w:r w:rsidR="5203FA48" w:rsidRPr="22830607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, July 2023 (x2</w:t>
             </w:r>
             <w:r w:rsidR="5203FA48" w:rsidRPr="2F7E1DF7">
@@ -5569,50 +5569,58 @@
             </w:r>
             <w:r w:rsidR="00EE6851">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, March 2025</w:t>
             </w:r>
             <w:r w:rsidR="008C69E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (x2)</w:t>
             </w:r>
             <w:r w:rsidR="005D1120">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, June 2025</w:t>
             </w:r>
+            <w:r w:rsidR="00754BC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, October 2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D6D69AA" w14:textId="5706F244" w:rsidR="0072629F" w:rsidRDefault="008C69E5" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="0072629F" w:rsidRPr="22830607">
               <w:rPr>
@@ -5759,66 +5767,74 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Kotzebue</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23D65D7D" w14:textId="77777777" w:rsidR="00CA7B2E" w:rsidRDefault="00CA7B2E" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1-Juneau</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D1F61F" w14:textId="0FD16C13" w:rsidR="00022ADE" w:rsidRPr="007F2E28" w:rsidRDefault="00022ADE" w:rsidP="0072629F">
+          <w:p w14:paraId="61D1F61F" w14:textId="1077DA9C" w:rsidR="00022ADE" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1-Palmer</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00022ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Palmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -5834,51 +5850,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -6185,51 +6201,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6586,51 +6602,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6971,51 +6987,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -7318,51 +7334,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005D1120" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -8161,51 +8177,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="005D1120" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00754BC9" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -8778,51 +8794,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -8886,72 +8902,75 @@
     <w:rsid w:val="00483652"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A1392"/>
     <w:rsid w:val="004B1DC7"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004E07FB"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005A6FBE"/>
     <w:rsid w:val="005D1120"/>
     <w:rsid w:val="005E0258"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006325BE"/>
     <w:rsid w:val="00641827"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="00664E95"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006D7017"/>
     <w:rsid w:val="006F2119"/>
     <w:rsid w:val="00702AB6"/>
     <w:rsid w:val="007168CB"/>
     <w:rsid w:val="00721310"/>
+    <w:rsid w:val="007228FF"/>
     <w:rsid w:val="0072629F"/>
     <w:rsid w:val="00740CDA"/>
     <w:rsid w:val="00745F97"/>
+    <w:rsid w:val="00754BC9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A0EC3"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B73D8"/>
     <w:rsid w:val="007D36D9"/>
     <w:rsid w:val="007E52FE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="007F406C"/>
     <w:rsid w:val="0080522F"/>
     <w:rsid w:val="008177AE"/>
     <w:rsid w:val="0082333F"/>
     <w:rsid w:val="00842828"/>
     <w:rsid w:val="008500C4"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00880974"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008C69E5"/>
+    <w:rsid w:val="008D522E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E2160"/>
     <w:rsid w:val="009078AA"/>
     <w:rsid w:val="009114B8"/>
     <w:rsid w:val="0091538A"/>
     <w:rsid w:val="00925721"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0098785E"/>
     <w:rsid w:val="009A169D"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E42E3"/>
     <w:rsid w:val="009F7237"/>
     <w:rsid w:val="00A26AD6"/>
     <w:rsid w:val="00A279D9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A47394"/>
     <w:rsid w:val="00A62187"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A80A3D"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC46E2"/>
     <w:rsid w:val="00AD49A6"/>
     <w:rsid w:val="00AE5370"/>
     <w:rsid w:val="00B05580"/>
@@ -9789,51 +9808,51 @@
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C676495847B8439EB24571B253102066"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{52CB517E-9C58-46BB-912F-EA6291473516}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C32333" w:rsidRDefault="00056021">
+        <w:p w:rsidR="00C32333" w:rsidRDefault="00CA19A7">
           <w:pPr>
             <w:pStyle w:val="C676495847B8439EB24571B253102066"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9931,50 +9950,51 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000D49C6"/>
     <w:rsid w:val="000D5713"/>
     <w:rsid w:val="001538FB"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00284FEA"/>
     <w:rsid w:val="003943C4"/>
     <w:rsid w:val="003F773F"/>
     <w:rsid w:val="00483652"/>
     <w:rsid w:val="004B20FB"/>
     <w:rsid w:val="005C362B"/>
     <w:rsid w:val="008500C4"/>
+    <w:rsid w:val="008D522E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="0093734C"/>
     <w:rsid w:val="00960653"/>
     <w:rsid w:val="00A26AD6"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00C25197"/>
     <w:rsid w:val="00C32333"/>
     <w:rsid w:val="00C478EE"/>
     <w:rsid w:val="00C93B95"/>
     <w:rsid w:val="00D473FD"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D72169"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E06FB1"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE5D0C"/>
     <w:rsid w:val="00F57E68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -10738,149 +10758,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">20</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -10896,51 +10939,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -11141,123 +11184,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
-[...16 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{300C145D-7503-4C22-B47E-370AAF5F3951}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13D1BF43-F497-465B-B269-9BE20651FFEB}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1156</Words>
-  <Characters>6595</Characters>
+  <Words>1159</Words>
+  <Characters>6608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7736</CharactersWithSpaces>
+  <CharactersWithSpaces>7752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>