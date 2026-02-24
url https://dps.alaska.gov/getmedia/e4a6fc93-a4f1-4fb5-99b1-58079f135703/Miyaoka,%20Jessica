--- v1 (2025-11-29)
+++ v2 (2026-02-24)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="5DD81D7B" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="2473D0A9" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0072629F">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Jessica Miyaoka</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,134 +146,123 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="C676495847B8439EB24571B253102066"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-10-31T00:00:00Z">
+          <w:date w:fullDate="2026-01-13T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007228FF">
+          <w:r w:rsidR="00644FAA">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10</w:t>
+            <w:t>1/</w:t>
           </w:r>
-          <w:r w:rsidR="00EE6851">
+          <w:r w:rsidR="00B4421D">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>/</w:t>
+            <w:t>13</w:t>
           </w:r>
-          <w:r w:rsidR="007228FF">
+          <w:r w:rsidR="00644FAA">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>31</w:t>
-[...8 lines deleted...]
-            <w:t>/2025</w:t>
+            <w:t>/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="1052E506" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0072629F">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist III</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -331,51 +319,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -417,51 +404,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -527,51 +513,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="51E80CBB" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -613,51 +598,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -687,51 +671,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -782,51 +765,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -865,51 +847,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -951,51 +932,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1209,177 +1189,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1595,91 +1571,90 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Associate of Arts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1689,135 +1664,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -4861,50 +4833,221 @@
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C8A554F" w14:textId="7B7024B9" w:rsidR="00BF03F3" w:rsidRDefault="00A47394" w:rsidP="3CD92897">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4-5 Jun 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00311E86" w14:paraId="60A2C0E6" w14:textId="77777777" w:rsidTr="3CD92897">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14398927" w14:textId="1512F115" w:rsidR="00311E86" w:rsidRDefault="005D65CD" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Beginner Crystal Report training</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4F6180" w14:textId="4DA37BCB" w:rsidR="00311E86" w:rsidRDefault="005D65CD" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Versaterm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="465C5E84" w14:textId="0AE8537D" w:rsidR="00311E86" w:rsidRDefault="005D65CD" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8-17 Apr 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001864BA" w14:paraId="4C180291" w14:textId="77777777" w:rsidTr="3CD92897">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C64E37C" w14:textId="223BD405" w:rsidR="001864BA" w:rsidRDefault="001864BA" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Human Identification Sympos</w:t>
+            </w:r>
+            <w:r w:rsidR="007F549A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ium virtual conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6577D88C" w14:textId="0BA0D12D" w:rsidR="001864BA" w:rsidRDefault="00CE4C94" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Thermo Fischer/</w:t>
+            </w:r>
+            <w:r w:rsidR="003525CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Life Technologies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BB5E28" w14:textId="1BF9BA59" w:rsidR="001864BA" w:rsidRDefault="00CE4C94" w:rsidP="3CD92897">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13-14 May 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -4925,51 +5068,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4978,137 +5121,134 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="22830607">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="22830607" w14:textId="77777777" w:rsidR="22830607" w:rsidRDefault="22830607"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5203FA48" w14:textId="77777777" w:rsidR="22830607" w:rsidRDefault="22830607"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="55BD117C" w14:textId="77777777" w:rsidR="22830607" w:rsidRDefault="22830607"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="22830607">
@@ -5432,51 +5572,51 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F61D" w14:textId="324ED7E9" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61E" w14:textId="0B642E2D" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
+          <w:p w14:paraId="61D1F61E" w14:textId="44A9682A" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="22830607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2019, October 2019, December 2019, January 2020, January 2021, May 2022, June 2022. July 2022, August 2022, September 2022</w:t>
             </w:r>
             <w:r w:rsidR="5203FA48" w:rsidRPr="22830607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, July 2023 (x2</w:t>
             </w:r>
             <w:r w:rsidR="5203FA48" w:rsidRPr="2F7E1DF7">
@@ -5577,72 +5717,80 @@
             </w:r>
             <w:r w:rsidR="008C69E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (x2)</w:t>
             </w:r>
             <w:r w:rsidR="005D1120">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, June 2025</w:t>
             </w:r>
             <w:r w:rsidR="00754BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, October 2025</w:t>
             </w:r>
+            <w:r w:rsidR="00BE7289">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, January 2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6D69AA" w14:textId="5706F244" w:rsidR="0072629F" w:rsidRDefault="008C69E5" w:rsidP="0072629F">
+          <w:p w14:paraId="2D6D69AA" w14:textId="14B9DA44" w:rsidR="0072629F" w:rsidRDefault="00BE7289" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="0072629F" w:rsidRPr="22830607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Anchorage</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="597B663D" w14:textId="2576EE17" w:rsidR="0072629F" w:rsidRPr="00C1319C" w:rsidRDefault="005D1120" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5764,271 +5912,267 @@
             </w:r>
             <w:r w:rsidR="007A0EC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Kotzebue</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23D65D7D" w14:textId="77777777" w:rsidR="00CA7B2E" w:rsidRDefault="00CA7B2E" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1-Juneau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F61F" w14:textId="1077DA9C" w:rsidR="00022ADE" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="0072629F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00022ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Palmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -6187,116 +6331,114 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6336,51 +6478,50 @@
               </w:rPr>
               <w:t>II - DNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="682175217"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="4BF4430E3D874E7EAE842B10F56FF363"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="4ABB4F8A" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6411,51 +6552,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> – current</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6588,116 +6728,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, generate and analyze DNA profiles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6721,51 +6859,50 @@
               </w:rPr>
               <w:t>Forensic Scientist II - DNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1067798767"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="7C42302833F64152AE487EE6D770FB26"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="649048B7" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6796,51 +6933,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>November 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6973,116 +7109,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7103,51 +7237,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I - DNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="746E37E2" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7170,51 +7303,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 2013 – January 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7320,116 +7452,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00754BC9" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7450,51 +7580,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Technician I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="47C7DA12" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7554,51 +7683,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7728,51 +7856,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3429"/>
       </w:tblGrid>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="4338E36C" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1022592975"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="60560AA6" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7794,51 +7921,50 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Summer Intern</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="33272886" w14:textId="7B7ED4CA" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7862,51 +7988,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 2010 - August 2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0072629F" w:rsidRPr="007F2E28" w14:paraId="49B3261A" w14:textId="77777777" w:rsidTr="0072629F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1005" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-304774940"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="78796CE4" w14:textId="77777777" w:rsidR="0072629F" w:rsidRPr="007F2E28" w:rsidRDefault="0072629F">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -8076,71 +8201,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F89CDEF" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE" w:rsidP="00D73674">
+    <w:p w14:paraId="69EFD7AB" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="231D4D2A" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE" w:rsidP="00D73674">
+    <w:p w14:paraId="581ADCCB" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DC2693F" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE">
+    <w:p w14:paraId="0E8D3749" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -8177,78 +8302,77 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00754BC9" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -8485,51 +8609,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="0072629F">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -8538,51 +8661,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -8635,71 +8757,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BFBDE5C" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE" w:rsidP="00D73674">
+    <w:p w14:paraId="23FB65E5" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="019E0F0E" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE" w:rsidP="00D73674">
+    <w:p w14:paraId="2F387F95" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4A503977" w14:textId="77777777" w:rsidR="005A6FBE" w:rsidRDefault="005A6FBE">
+    <w:p w14:paraId="36A12FFA" w14:textId="77777777" w:rsidR="00CD275C" w:rsidRDefault="00CD275C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8834,217 +8956,238 @@
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00012CE1"/>
     <w:rsid w:val="00016776"/>
     <w:rsid w:val="00022ADE"/>
     <w:rsid w:val="00025B3F"/>
     <w:rsid w:val="000267DC"/>
     <w:rsid w:val="000319E8"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="00077BBB"/>
     <w:rsid w:val="00086642"/>
     <w:rsid w:val="000A73CD"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000D0AE4"/>
     <w:rsid w:val="000E7000"/>
     <w:rsid w:val="001218B9"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001630A6"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001735E8"/>
     <w:rsid w:val="00177AAF"/>
+    <w:rsid w:val="001864BA"/>
     <w:rsid w:val="00193F40"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B3207"/>
     <w:rsid w:val="001D2075"/>
     <w:rsid w:val="001F378B"/>
     <w:rsid w:val="002018A6"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002F1FB9"/>
     <w:rsid w:val="002F2B17"/>
     <w:rsid w:val="002F5368"/>
+    <w:rsid w:val="00311E86"/>
     <w:rsid w:val="00326CBA"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00342BF2"/>
     <w:rsid w:val="003459A7"/>
+    <w:rsid w:val="003525CF"/>
     <w:rsid w:val="00354388"/>
     <w:rsid w:val="0037734A"/>
     <w:rsid w:val="00381A90"/>
     <w:rsid w:val="00382D5A"/>
     <w:rsid w:val="003943C4"/>
     <w:rsid w:val="003A5C82"/>
     <w:rsid w:val="003B3111"/>
     <w:rsid w:val="003B5716"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F44A9"/>
     <w:rsid w:val="003F6F8D"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0047312E"/>
     <w:rsid w:val="00483652"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004A1392"/>
     <w:rsid w:val="004B1DC7"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
+    <w:rsid w:val="004D3F37"/>
     <w:rsid w:val="004E07FB"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005A6FBE"/>
     <w:rsid w:val="005D1120"/>
+    <w:rsid w:val="005D65CD"/>
     <w:rsid w:val="005E0258"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="006325BE"/>
     <w:rsid w:val="00641827"/>
+    <w:rsid w:val="00644FAA"/>
+    <w:rsid w:val="00657472"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="00664E95"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006D7017"/>
     <w:rsid w:val="006F2119"/>
+    <w:rsid w:val="006F3083"/>
     <w:rsid w:val="00702AB6"/>
+    <w:rsid w:val="00716625"/>
     <w:rsid w:val="007168CB"/>
     <w:rsid w:val="00721310"/>
     <w:rsid w:val="007228FF"/>
     <w:rsid w:val="0072629F"/>
     <w:rsid w:val="00740CDA"/>
     <w:rsid w:val="00745F97"/>
     <w:rsid w:val="00754BC9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A0EC3"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B73D8"/>
     <w:rsid w:val="007D36D9"/>
     <w:rsid w:val="007E52FE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="007F406C"/>
+    <w:rsid w:val="007F549A"/>
     <w:rsid w:val="0080522F"/>
     <w:rsid w:val="008177AE"/>
     <w:rsid w:val="0082333F"/>
     <w:rsid w:val="00842828"/>
     <w:rsid w:val="008500C4"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00880974"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008C69E5"/>
     <w:rsid w:val="008D522E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E2160"/>
     <w:rsid w:val="009078AA"/>
     <w:rsid w:val="009114B8"/>
     <w:rsid w:val="0091538A"/>
     <w:rsid w:val="00925721"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="0098785E"/>
     <w:rsid w:val="009A169D"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009E42E3"/>
     <w:rsid w:val="009F7237"/>
     <w:rsid w:val="00A26AD6"/>
     <w:rsid w:val="00A279D9"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A47394"/>
     <w:rsid w:val="00A62187"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A80A3D"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00AA5FB8"/>
     <w:rsid w:val="00AC46E2"/>
     <w:rsid w:val="00AD49A6"/>
     <w:rsid w:val="00AE5370"/>
     <w:rsid w:val="00B05580"/>
     <w:rsid w:val="00B10553"/>
+    <w:rsid w:val="00B4421D"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B607E4"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B94807"/>
+    <w:rsid w:val="00B9572A"/>
+    <w:rsid w:val="00BD1B97"/>
+    <w:rsid w:val="00BE7289"/>
     <w:rsid w:val="00BF03F3"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C06892"/>
     <w:rsid w:val="00C25197"/>
     <w:rsid w:val="00C373A6"/>
     <w:rsid w:val="00C46E6B"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C60509"/>
     <w:rsid w:val="00C60A53"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CA7B2E"/>
     <w:rsid w:val="00CB2888"/>
     <w:rsid w:val="00CB4B1A"/>
     <w:rsid w:val="00CD088E"/>
+    <w:rsid w:val="00CD275C"/>
+    <w:rsid w:val="00CE4C94"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D35ED0"/>
     <w:rsid w:val="00D53269"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D814C0"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA272E"/>
     <w:rsid w:val="00DA3CD7"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB58EE"/>
     <w:rsid w:val="00DC2B72"/>
     <w:rsid w:val="00DC34ED"/>
     <w:rsid w:val="00DC3B34"/>
     <w:rsid w:val="00DE3CFC"/>
+    <w:rsid w:val="00DE4D5C"/>
     <w:rsid w:val="00DF53E3"/>
     <w:rsid w:val="00E06FB1"/>
     <w:rsid w:val="00E15D01"/>
     <w:rsid w:val="00E319BB"/>
     <w:rsid w:val="00E4444F"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E63607"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E71278"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E86826"/>
     <w:rsid w:val="00E871E9"/>
+    <w:rsid w:val="00EB0F44"/>
     <w:rsid w:val="00EC0B3E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC1EBE"/>
     <w:rsid w:val="00EE5D0C"/>
     <w:rsid w:val="00EE6851"/>
     <w:rsid w:val="00F70D1B"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9059F"/>
     <w:rsid w:val="00F91B42"/>
     <w:rsid w:val="00F93E00"/>
     <w:rsid w:val="00FB7A55"/>
     <w:rsid w:val="00FC4F53"/>
     <w:rsid w:val="00FC7A9A"/>
     <w:rsid w:val="00FF2269"/>
     <w:rsid w:val="00FF525F"/>
     <w:rsid w:val="07139A27"/>
     <w:rsid w:val="0E367F11"/>
     <w:rsid w:val="199346BD"/>
     <w:rsid w:val="1D973F38"/>
     <w:rsid w:val="22830607"/>
     <w:rsid w:val="2DC6D3A7"/>
     <w:rsid w:val="2F7E1DF7"/>
@@ -9808,51 +9951,51 @@
           <w:r w:rsidRPr="006F0113">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C676495847B8439EB24571B253102066"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{52CB517E-9C58-46BB-912F-EA6291473516}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C32333" w:rsidRDefault="00CA19A7">
+        <w:p w:rsidR="00C32333" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pStyle w:val="C676495847B8439EB24571B253102066"/>
           </w:pPr>
           <w:r w:rsidRPr="00710926">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9938,76 +10081,81 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
+    <w:rsid w:val="000D0AE4"/>
     <w:rsid w:val="000D49C6"/>
     <w:rsid w:val="000D5713"/>
     <w:rsid w:val="001538FB"/>
     <w:rsid w:val="001B3E0F"/>
+    <w:rsid w:val="001F60E0"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00284FEA"/>
     <w:rsid w:val="003943C4"/>
     <w:rsid w:val="003F773F"/>
     <w:rsid w:val="00483652"/>
     <w:rsid w:val="004B20FB"/>
     <w:rsid w:val="005C362B"/>
+    <w:rsid w:val="006F3083"/>
     <w:rsid w:val="008500C4"/>
     <w:rsid w:val="008D522E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="0093734C"/>
     <w:rsid w:val="00960653"/>
     <w:rsid w:val="00A26AD6"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00BD1B97"/>
     <w:rsid w:val="00C25197"/>
     <w:rsid w:val="00C32333"/>
     <w:rsid w:val="00C478EE"/>
     <w:rsid w:val="00C93B95"/>
     <w:rsid w:val="00D473FD"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D72169"/>
+    <w:rsid w:val="00D92085"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E06FB1"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE5D0C"/>
     <w:rsid w:val="00F57E68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4792920F"/>
@@ -10758,56 +10906,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
@@ -10816,56 +10959,61 @@
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">20</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -11185,103 +11333,114 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B69B356B-8525-4FF3-B656-6421C4ED5673}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13D1BF43-F497-465B-B269-9BE20651FFEB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1159</Words>
-  <Characters>6608</Characters>
+  <Words>1104</Words>
+  <Characters>6553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>321</Lines>
+  <Paragraphs>237</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7752</CharactersWithSpaces>
+  <CharactersWithSpaces>7490</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>