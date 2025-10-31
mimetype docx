--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="70A779EC" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="557FB284" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +147,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-08-19T00:00:00Z">
+          <w:date w:fullDate="2025-10-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000B5858">
+          <w:r w:rsidR="0040064D">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>8/19/2025</w:t>
+            <w:t>10/9/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="5AE989D5" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1581,1668 +1581,1734 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3865"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2083"/>
+        <w:gridCol w:w="4135"/>
+        <w:gridCol w:w="3330"/>
+        <w:gridCol w:w="1903"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FA" w14:textId="1CF62900" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology Training Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FB" w14:textId="2A8FA73D" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FC" w14:textId="640F9883" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>01/27/2020 – 09/03/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FE" w14:textId="455AD320" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2020 Quality Assurance Standards Auditor Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FF" w14:textId="48623DEE" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Federal Bureau of Investigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F600" w14:textId="7BEE9BFD" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/18/2020 – 06/23/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F605" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F605" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F602" w14:textId="0BE33286" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CODIS 9.0 CBT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F603" w14:textId="2615EAAA" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CODIS Computer Based Training Modules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F604" w14:textId="31D84723" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/04/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F609" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F609" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F606" w14:textId="512DD937" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>31st International Symposium on Human Identification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F607" w14:textId="66F2E21A" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Virtual International Conference, Promega</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F608" w14:textId="0ED8F875" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/14/2020 – 09/16/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F60D" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F60D" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F60A" w14:textId="34C06165" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>National CODIS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F60B" w14:textId="53651EB5" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FBI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F60C" w14:textId="6957D660" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12/8/2020 – 12/10/2020</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="1EF1F375" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="1EF1F375" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31F1052A" w14:textId="69C80BCC" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AAFS 2021 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="065FD7FB" w14:textId="3A7972AB" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>American Academy of Forensic Science</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25ED62BF" w14:textId="6030D0A1" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>02/15/2021- 02/19/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="438DA298" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="438DA298" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4315A094" w14:textId="4BC08768" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cognitive Bias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FBE15C6" w14:textId="34176F3B" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dr. Itiel Dror</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A5615C3" w14:textId="02130B18" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>03/17/2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="7FCF319E" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="7FCF319E" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BA3895F" w14:textId="2F9D5756" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Qiagen Training – EZ2 and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QIAcube</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Connect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BD9C76C" w14:textId="422C39E3" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carrie Mayes and Bryan Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CC43FC5" w14:textId="35B59A6C" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/18/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="2D11BEBB" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="2D11BEBB" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AAF7E6C" w14:textId="12F1FCBA" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Analysis of Human DNA Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4991D12C" w14:textId="687916BA" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gordon Research Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A1259F3" w14:textId="0869CF64" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/19/2022 - 06/24/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="05C005A2" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="05C005A2" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CCEE4BA" w14:textId="5E45DF6E" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unbiased Policing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48297069" w14:textId="39997054" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Anchorage Police Department – Chelsey Reeves</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78CA58DD" w14:textId="4E771989" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/18/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="5DD16D79" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="5DD16D79" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
+            <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="148E4C35" w14:textId="4A1B8080" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>RapidHIT ID Applied Biosystems Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="320E5363" w14:textId="1C1D7F46" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ThermoFisher Scientific – Kristen Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2083" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AA1D767" w14:textId="32A872ED" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/25/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="37E325BA" w14:paraId="3292BE69" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="37E325BA" w14:paraId="3292BE69" w14:textId="77777777" w:rsidTr="000168F0">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="081A26E0" w14:textId="52CEE26C" w:rsidR="36E67A53" w:rsidRDefault="36E67A53" w:rsidP="000F4F2E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="37E325BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Probabilistic Genotyping of Evidentiary DNA Typing Results</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8D40E5" w14:textId="69293399" w:rsidR="11C6853A" w:rsidRDefault="11C6853A" w:rsidP="009945B5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="37E325BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Technology Center of Excellence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DA32AB" w14:textId="1F12EDD8" w:rsidR="11C6853A" w:rsidRDefault="11C6853A" w:rsidP="000168F0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="37E325BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11/09/2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00616F13" w14:paraId="3811FA3B" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...62 lines deleted...]
-              <w:t>11/09/2023</w:t>
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B96E76" w14:textId="597B7898" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="00616F13" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>STRmix</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4F2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Full User Training Workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CF8D9E" w14:textId="60DC30EB" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>STRmix</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4978BDB1" w14:textId="2C637B12" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>04/08/2024-04/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616F13" w14:paraId="3811FA3B" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="00D43843" w14:paraId="12B29D4C" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>04/08/2024-04/11/2024</w:t>
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0586FB06" w14:textId="7117355A" w:rsidR="00D43843" w:rsidRDefault="00D43843" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Testimony Training (with Daubert)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2658C6EF" w14:textId="757239FC" w:rsidR="00D43843" w:rsidRDefault="00D43843" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005645AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ben McGough (ADA Montgomery County, Alabama)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D489AE" w14:textId="7B88698E" w:rsidR="00D43843" w:rsidRDefault="005645AD" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>06/04/2024-06/05/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D43843" w14:paraId="12B29D4C" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="002C5D6F" w14:paraId="0827030B" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="005645AD">
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701D6627" w14:textId="0EF0FDD4" w:rsidR="002C5D6F" w:rsidRDefault="006B3F31" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SHIFT Wellness &amp; Resiliency Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E4CBD9" w14:textId="0DCB8C46" w:rsidR="002C5D6F" w:rsidRPr="005645AD" w:rsidRDefault="005A5A52" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Ben McGough (ADA Montgomery County, Alabama)</w:t>
-[...22 lines deleted...]
-              <w:t>06/04/2024-06/05/2024</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Innocent </w:t>
+            </w:r>
+            <w:r w:rsidR="00040BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Justice Foundation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6D0A0B" w14:textId="4BF21DB6" w:rsidR="002C5D6F" w:rsidRDefault="005A5A52" w:rsidP="00824B61">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>09/18/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C5D6F" w14:paraId="0827030B" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="008E1804" w14:paraId="1DC54017" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="32E4CBD9" w14:textId="0DCB8C46" w:rsidR="002C5D6F" w:rsidRPr="005645AD" w:rsidRDefault="005A5A52" w:rsidP="00824B61">
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E6C977" w14:textId="0E936C92" w:rsidR="008E1804" w:rsidRDefault="008E1804" w:rsidP="008E1804">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AAFS 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CB968D" w14:textId="143CA9FC" w:rsidR="008E1804" w:rsidRDefault="008E1804" w:rsidP="008E1804">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-              <w:t>09/18/2024</w:t>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>American Academy of Forensic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B5B29" w14:textId="2C629725" w:rsidR="008E1804" w:rsidRDefault="008E1804" w:rsidP="008E1804">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02/1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0480">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0480">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- 02/</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0480">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE0480">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E1804" w14:paraId="1DC54017" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="003E78C0" w14:paraId="163F8CA6" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4939676E" w14:textId="67584C82" w:rsidR="003E78C0" w:rsidRDefault="003E78C0" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>AAFS 2025 Conference</w:t>
-[...25 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2025 Quality Assurance Standards Auditor Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A41C24D" w14:textId="365161DC" w:rsidR="003E78C0" w:rsidRDefault="003E78C0" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>American Academy of Forensic Science</w:t>
-[...87 lines deleted...]
-              <w:t>5</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Federal Bureau of Investigation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C7C790" w14:textId="699893F1" w:rsidR="003E78C0" w:rsidRDefault="00187DAD" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>08/06/2025 – 08/12/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E78C0" w14:paraId="163F8CA6" w14:textId="77777777" w:rsidTr="005645AD">
+      <w:tr w:rsidR="000E1105" w14:paraId="3DF1F759" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3865" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:t>08/06/2025 – 08/12/2025</w:t>
+            <w:tcW w:w="4135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF4A958" w14:textId="2E69E23C" w:rsidR="000E1105" w:rsidRDefault="000E1105" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E1105">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>QuantStudio5 Real-Time PCR System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3330" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741199E4" w14:textId="0652088A" w:rsidR="000E1105" w:rsidRDefault="00875841" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Danielle Jardel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6249A2A8" w14:textId="573576B8" w:rsidR="000E1105" w:rsidRDefault="00875841" w:rsidP="003E78C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10/07/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -3263,51 +3329,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3486,74 +3552,74 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2021 - 202</w:t>
             </w:r>
             <w:r w:rsidR="000405BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="7E09AFA8" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00972B88" w:rsidP="005244EE">
+          <w:p w14:paraId="61D1F617" w14:textId="28108A3B" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00972B88" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00187DAD">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00407BF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -3569,51 +3635,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4318,51 +4384,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4654,51 +4720,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4972,51 +5038,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5290,51 +5356,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000B5858" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6359,61 +6425,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55BEABFF" w14:textId="77777777" w:rsidR="00C74AA3" w:rsidRDefault="00C74AA3" w:rsidP="00D73674">
+    <w:p w14:paraId="2B9A2C83" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E0D60D6" w14:textId="77777777" w:rsidR="00C74AA3" w:rsidRDefault="00C74AA3" w:rsidP="00D73674">
+    <w:p w14:paraId="2A8C4A72" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6452,51 +6518,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="000B5858" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="0040064D" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6910,61 +6976,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04D2364B" w14:textId="77777777" w:rsidR="00C74AA3" w:rsidRDefault="00C74AA3" w:rsidP="00D73674">
+    <w:p w14:paraId="26D4E06E" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4553E1A8" w14:textId="77777777" w:rsidR="00C74AA3" w:rsidRDefault="00C74AA3" w:rsidP="00D73674">
+    <w:p w14:paraId="13F5A22B" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -7088,171 +7154,184 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="000168F0"/>
     <w:rsid w:val="000405BA"/>
     <w:rsid w:val="00040BA4"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0009221F"/>
     <w:rsid w:val="000B5858"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D686D"/>
+    <w:rsid w:val="000E1105"/>
     <w:rsid w:val="000F4F2E"/>
     <w:rsid w:val="00117C78"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00144DBA"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00182A7B"/>
     <w:rsid w:val="00187DAD"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D24E9"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00245588"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00255CAB"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002C5D6F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00356341"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E78C0"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="0040064D"/>
+    <w:rsid w:val="00407BF3"/>
     <w:rsid w:val="00417AC5"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00434F54"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005123BE"/>
     <w:rsid w:val="005244EE"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005645AD"/>
     <w:rsid w:val="005A2B28"/>
     <w:rsid w:val="005A5A52"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00616F13"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006B3F31"/>
     <w:rsid w:val="006C234E"/>
     <w:rsid w:val="006F3BA6"/>
     <w:rsid w:val="007039B3"/>
     <w:rsid w:val="007072B1"/>
     <w:rsid w:val="007564D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00805142"/>
     <w:rsid w:val="00824B61"/>
     <w:rsid w:val="00864099"/>
+    <w:rsid w:val="00875841"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00897C83"/>
     <w:rsid w:val="008A3E6A"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D7985"/>
     <w:rsid w:val="008E1804"/>
     <w:rsid w:val="00932535"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00972B88"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="009920BA"/>
+    <w:rsid w:val="009945B5"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009D3C61"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A50148"/>
     <w:rsid w:val="00A62351"/>
+    <w:rsid w:val="00A83987"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB0C89"/>
+    <w:rsid w:val="00B256E3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B96014"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00BB17D2"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C74AA3"/>
     <w:rsid w:val="00CA40A3"/>
     <w:rsid w:val="00CA7E36"/>
     <w:rsid w:val="00CB228E"/>
+    <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CC3A31"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00CF3B82"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D43843"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB0E8A"/>
     <w:rsid w:val="00DF6BFF"/>
+    <w:rsid w:val="00E42980"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E63373"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EE0480"/>
+    <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00EE519E"/>
+    <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF2B99"/>
     <w:rsid w:val="11C6853A"/>
     <w:rsid w:val="36E67A53"/>
     <w:rsid w:val="37E325BA"/>
     <w:rsid w:val="5452D6DC"/>
     <w:rsid w:val="55F62F21"/>
     <w:rsid w:val="6298D7B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -7652,51 +7731,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8184,67 +8262,72 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00000DA7"/>
     <w:rsid w:val="000C6FC2"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="002619DC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002C4D3F"/>
     <w:rsid w:val="00304CEE"/>
+    <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E0F49"/>
     <w:rsid w:val="0063057C"/>
+    <w:rsid w:val="008420EB"/>
     <w:rsid w:val="008C469C"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="00A026E2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B13320"/>
     <w:rsid w:val="00BB0A0B"/>
+    <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00EE2206"/>
+    <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00FE03FC"/>
     <w:rsid w:val="00FF2B99"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9423,84 +9506,102 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE3FD2A7-7A5A-4C54-917A-FB2438FEDE41}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE3FD2A7-7A5A-4C54-917A-FB2438FEDE41}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1433</Words>
-  <Characters>8171</Characters>
+  <Words>1444</Words>
+  <Characters>8231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9585</CharactersWithSpaces>
+  <CharactersWithSpaces>9656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>