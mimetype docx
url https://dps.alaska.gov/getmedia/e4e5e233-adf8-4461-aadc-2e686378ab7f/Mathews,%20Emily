--- v1 (2025-10-31)
+++ v2 (2025-11-29)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="557FB284" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="37820647" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005244EE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Emily S. Mathews, PhD</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,107 +146,105 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-10-09T00:00:00Z">
+          <w:date w:fullDate="2025-11-06T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="0040064D">
+          <w:r w:rsidR="008F70F6">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/9/2025</w:t>
+            <w:t>11/6/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="5AE989D5" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005244EE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>DNA Analyst</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -304,51 +301,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -390,51 +386,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -500,51 +495,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="23884777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -586,51 +580,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -660,51 +653,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -755,51 +747,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -838,51 +829,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -924,51 +914,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1108,59 +1097,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1181,177 +1189,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="005244EE">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="005244EE">
         <w:trPr>
@@ -1541,91 +1545,90 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1635,135 +1638,132 @@
         <w:gridCol w:w="1903"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
@@ -2340,59 +2340,61 @@
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BA3895F" w14:textId="2F9D5756" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Qiagen Training – EZ2 and </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QIAcube</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Connect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BD9C76C" w14:textId="422C39E3" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
@@ -2592,80 +2594,100 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/18/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="5DD16D79" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="148E4C35" w14:textId="4A1B8080" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>RapidHIT ID Applied Biosystems Training</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHIT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID Applied Biosystems Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="320E5363" w14:textId="1C1D7F46" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>ThermoFisher Scientific – Kristen Smith</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Scientific – Kristen Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AA1D767" w14:textId="32A872ED" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/25/2022</w:t>
             </w:r>
           </w:p>
@@ -2740,89 +2762,93 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11/09/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616F13" w14:paraId="3811FA3B" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B96E76" w14:textId="597B7898" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="00616F13" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STRmix</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000F4F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full User Training Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24CF8D9E" w14:textId="60DC30EB" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STRmix</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4978BDB1" w14:textId="2C637B12" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>04/08/2024-04/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3329,51 +3355,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3382,135 +3408,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -3552,268 +3575,264 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2021 - 202</w:t>
             </w:r>
             <w:r w:rsidR="000405BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="28108A3B" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00972B88" w:rsidP="005244EE">
+          <w:p w14:paraId="61D1F617" w14:textId="7B224A25" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00972B88" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00407BF3">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="008F70F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -4033,59 +4052,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4112,51 +4150,50 @@
         <w:gridCol w:w="4017"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3436"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4179,51 +4216,50 @@
               </w:rPr>
               <w:t>DNA Analyst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4249,51 +4285,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4348,138 +4383,154 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F651" w14:textId="5F4260E8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Perform biological/DNA screening on submitted evidence for body fluids. DNA analysis on forensic casework. Prepare reports, perform technical and administrative reviews, and provide expert witness testimony in court. Generate DNA profiles of forensic samples for entry into state and national databases. Equipment maintenance, reagent preparation and verification, and validation support as needed.</w:t>
+              <w:t xml:space="preserve">Perform biological/DNA screening on submitted evidence for body fluids. DNA analysis on forensic casework. Prepare reports, perform technical and administrative reviews, and provide expert witness testimony in court. Generate DNA profiles of forensic samples for entry into state and national databases. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> maintenance, reagent preparation and verification, and validation support as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4500,51 +4551,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postdoctoral Research Associate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4567,51 +4617,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/01/2016 – 01/24/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4706,116 +4755,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and cell culture bioassays, recombinant protein expression, flow cytometry, etc. Generated graphics for data presentations. Wrote and aided in production of grant proposals and papers for peer-reviewed journals (publications still in progress as of 02/2020). Awarded two fellowships during postdoctoral tenure, the Infectious Disease Training Fellowship through Washington University and the highly competitive Ruth L. Kirschstein Postdoctoral Individual National Research Service Award from the National Institute of Allergy and Infectious Diseases. Routinely presented at local and national conferences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4037"/>
         <w:gridCol w:w="892"/>
         <w:gridCol w:w="3418"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4836,51 +4883,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PhD Candidate/Graduate Research Associate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4903,51 +4949,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/2011 – 06/2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5002,138 +5047,154 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="753DDDD0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Conducted independent genetics research that resulted in two first author publications and one textbook chapter. Expertise gained in wide range of genetics techniques including nucleic acid purification, polymerase chain reaction [PCR], immunohistochemistry, microscopy, quantitative PCR, western blot analysis, sequence analysis, microarray analysis, gene expression analysis, etc. Managed independent projects and generated graphics for data presentation. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Awarded the highly competitive Colorado Clinical and Translational Sciences Institute Predoctoral Fellowship, which required additional coursework and shadowing experience at hospital. Routinely presented at local, national, and international conferences. Helped in laboratory equipment maintenance. Thesis Title: Cholesterol Synthesis Requirements in Oligodendrocyte Development and Myelination.</w:t>
+              <w:t xml:space="preserve">Conducted independent genetics research that resulted in two first author publications and one textbook chapter. Expertise gained in wide range of genetics techniques including nucleic acid purification, polymerase chain reaction [PCR], immunohistochemistry, microscopy, quantitative PCR, western blot analysis, sequence analysis, microarray analysis, gene expression analysis, etc. Managed independent projects and generated graphics for data presentation. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Awarded the highly competitive Colorado Clinical and Translational Sciences Institute Predoctoral Fellowship, which required additional coursework and shadowing experience at hospital. Routinely presented at local, national, and international conferences. Helped </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laboratory equipment maintenance. Thesis Title: Cholesterol Synthesis Requirements in Oligodendrocyte Development and Myelination.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4030"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3424"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5154,51 +5215,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Undergraduate Research Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5221,51 +5281,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/2010 – 03/2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5342,116 +5401,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performed undergraduate genetics thesis research experiments with minimal supervision. Thesis Title: FoxM1, Grhl3, and Hmgb2 candidate transcriptional regulators of cellular senescence: a role in cancer development and cellular reprogramming.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="0040064D" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5472,51 +5529,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student Research Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5539,51 +5595,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/2010 – 09/2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5671,59 +5726,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5865,51 +5939,83 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3B82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2025) </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3B82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Essential role for PfHSP40 in asexual replication and thermotolerance of malaria parasites. PLoS Pathog 21(7): e1013313.</w:t>
+              <w:t xml:space="preserve">Essential role for PfHSP40 in asexual replication and thermotolerance of malaria parasites. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF3B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PLoS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF3B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF3B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Pathog</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF3B82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21(7): e1013313.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0273248F" w14:textId="77777777" w:rsidR="00DB0E8A" w:rsidRDefault="00DB0E8A" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60FED246" w14:textId="14C5C715" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6021,51 +6127,69 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Mathews, E.S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">., Appel B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cholesterol Biosynthesis Supports Myelin Gene Expression and Axon Ensheathment through Modulation of P13K/Akt/mTor Signaling. Journal of Neuroscience 36, 7628-7639.</w:t>
+              <w:t xml:space="preserve"> Cholesterol Biosynthesis Supports Myelin Gene Expression and Axon Ensheathment through Modulation of P13K/Akt/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>mTor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Signaling. Journal of Neuroscience 36, 7628-7639.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6226FDA4" w14:textId="77777777" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CDD785D" w14:textId="77777777" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -6425,61 +6549,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B9A2C83" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
+    <w:p w14:paraId="723626D5" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A8C4A72" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
+    <w:p w14:paraId="22C09F4B" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6518,78 +6642,77 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="0040064D" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -6826,51 +6949,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="005244EE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -6879,51 +7001,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -6976,61 +7097,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26D4E06E" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
+    <w:p w14:paraId="1CD5D27A" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13F5A22B" w14:textId="77777777" w:rsidR="00A83987" w:rsidRDefault="00A83987" w:rsidP="00D73674">
+    <w:p w14:paraId="400CED14" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -7129,209 +7250,216 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000168F0"/>
+    <w:rsid w:val="0002555D"/>
     <w:rsid w:val="000405BA"/>
     <w:rsid w:val="00040BA4"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0009221F"/>
     <w:rsid w:val="000B5858"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D686D"/>
     <w:rsid w:val="000E1105"/>
     <w:rsid w:val="000F4F2E"/>
     <w:rsid w:val="00117C78"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00144DBA"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00182A7B"/>
     <w:rsid w:val="00187DAD"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D24E9"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00245588"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00255CAB"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002C5D6F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00356341"/>
     <w:rsid w:val="003C4D0B"/>
+    <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E78C0"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="0040064D"/>
     <w:rsid w:val="00407BF3"/>
     <w:rsid w:val="00417AC5"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00434F54"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005123BE"/>
     <w:rsid w:val="005244EE"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005645AD"/>
     <w:rsid w:val="005A2B28"/>
     <w:rsid w:val="005A5A52"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00616F13"/>
+    <w:rsid w:val="00632001"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006B3F31"/>
     <w:rsid w:val="006C234E"/>
     <w:rsid w:val="006F3BA6"/>
     <w:rsid w:val="007039B3"/>
     <w:rsid w:val="007072B1"/>
     <w:rsid w:val="007564D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00805142"/>
     <w:rsid w:val="00824B61"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00875841"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00897C83"/>
     <w:rsid w:val="008A3E6A"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008D7985"/>
     <w:rsid w:val="008E1804"/>
+    <w:rsid w:val="008F70F6"/>
     <w:rsid w:val="00932535"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00972B88"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="009920BA"/>
     <w:rsid w:val="009945B5"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009D3C61"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A50148"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A83987"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB0C89"/>
     <w:rsid w:val="00B256E3"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B96014"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00BB17D2"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C74AA3"/>
     <w:rsid w:val="00CA40A3"/>
     <w:rsid w:val="00CA7E36"/>
     <w:rsid w:val="00CB228E"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CC3A31"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00CF3B82"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D31B2C"/>
     <w:rsid w:val="00D43843"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB0E8A"/>
     <w:rsid w:val="00DF6BFF"/>
     <w:rsid w:val="00E42980"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E63373"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EE0480"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00EE519E"/>
     <w:rsid w:val="00F41D20"/>
+    <w:rsid w:val="00F56482"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF2B99"/>
     <w:rsid w:val="11C6853A"/>
     <w:rsid w:val="36E67A53"/>
     <w:rsid w:val="37E325BA"/>
     <w:rsid w:val="5452D6DC"/>
     <w:rsid w:val="55F62F21"/>
     <w:rsid w:val="6298D7B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -7731,50 +7859,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8254,61 +8383,65 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00000DA7"/>
+    <w:rsid w:val="0005417F"/>
     <w:rsid w:val="000C6FC2"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="002619DC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002C4D3F"/>
     <w:rsid w:val="00304CEE"/>
+    <w:rsid w:val="003764E4"/>
+    <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E0F49"/>
     <w:rsid w:val="0063057C"/>
+    <w:rsid w:val="00632001"/>
     <w:rsid w:val="008420EB"/>
     <w:rsid w:val="008C469C"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="00A026E2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B13320"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00FE03FC"/>
     <w:rsid w:val="00FF2B99"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -9061,114 +9194,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...62 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9242,51 +9313,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -9487,102 +9558,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">4</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{719CE305-628F-4DB1-926D-BD526B00348C}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-  </ds:schemaRefs>
-[...19 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1444</Words>
   <Characters>8231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>9656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 