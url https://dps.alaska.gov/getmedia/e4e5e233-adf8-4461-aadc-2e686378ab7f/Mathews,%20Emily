--- v2 (2025-11-29)
+++ v3 (2025-12-23)
@@ -58,86 +58,87 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="37820647" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="20FD2D5E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005244EE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Emily S. Mathews, PhD</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -146,105 +147,107 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-06T00:00:00Z">
+          <w:date w:fullDate="2025-12-11T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008F70F6">
+          <w:r w:rsidR="001A2633">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/6/2025</w:t>
+            <w:t>12/11/2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="5AE989D5" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005244EE">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>DNA Analyst</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -301,50 +304,51 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -386,50 +390,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -495,50 +500,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="23884777" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -580,50 +586,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -653,50 +660,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -747,50 +755,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -829,50 +838,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -914,50 +924,51 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1097,78 +1108,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1189,173 +1181,177 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="005244EE">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2099" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="005244EE">
         <w:trPr>
@@ -1545,90 +1541,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B.A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1638,132 +1635,135 @@
         <w:gridCol w:w="1903"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
@@ -2340,61 +2340,59 @@
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BA3895F" w14:textId="2F9D5756" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Qiagen Training – EZ2 and </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>QIAcube</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Connect</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BD9C76C" w14:textId="422C39E3" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
@@ -2594,100 +2592,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/18/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="5DD16D79" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="148E4C35" w14:textId="4A1B8080" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> ID Applied Biosystems Training</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHIT ID Applied Biosystems Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="320E5363" w14:textId="1C1D7F46" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Scientific – Kristen Smith</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher Scientific – Kristen Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AA1D767" w14:textId="32A872ED" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/25/2022</w:t>
             </w:r>
           </w:p>
@@ -2762,93 +2740,89 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11/09/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616F13" w14:paraId="3811FA3B" w14:textId="77777777" w:rsidTr="000168F0">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B96E76" w14:textId="597B7898" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="00616F13" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STRmix</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000F4F2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full User Training Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24CF8D9E" w14:textId="60DC30EB" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STRmix</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4978BDB1" w14:textId="2C637B12" w:rsidR="00616F13" w:rsidRPr="37E325BA" w:rsidRDefault="0009221F" w:rsidP="00824B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>04/08/2024-04/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3355,51 +3329,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3408,132 +3382,135 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -3575,264 +3552,268 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2021 - 202</w:t>
             </w:r>
             <w:r w:rsidR="000405BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="7B224A25" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00972B88" w:rsidP="005244EE">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="61D1F617" w14:textId="71480940" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00E17436" w:rsidP="005244EE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001A2633">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005244EE" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -4052,78 +4033,59 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4150,50 +4112,51 @@
         <w:gridCol w:w="4017"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3436"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4216,50 +4179,51 @@
               </w:rPr>
               <w:t>DNA Analyst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4285,50 +4249,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4383,154 +4348,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F651" w14:textId="5F4260E8" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perform biological/DNA screening on submitted evidence for body fluids. DNA analysis on forensic casework. Prepare reports, perform technical and administrative reviews, and provide expert witness testimony in court. Generate DNA profiles of forensic samples for entry into state and national databases. </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> maintenance, reagent preparation and verification, and validation support as needed.</w:t>
+              <w:t>Perform biological/DNA screening on submitted evidence for body fluids. DNA analysis on forensic casework. Prepare reports, perform technical and administrative reviews, and provide expert witness testimony in court. Generate DNA profiles of forensic samples for entry into state and national databases. Equipment maintenance, reagent preparation and verification, and validation support as needed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4551,50 +4500,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postdoctoral Research Associate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4617,50 +4567,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>09/01/2016 – 01/24/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4755,114 +4706,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and cell culture bioassays, recombinant protein expression, flow cytometry, etc. Generated graphics for data presentations. Wrote and aided in production of grant proposals and papers for peer-reviewed journals (publications still in progress as of 02/2020). Awarded two fellowships during postdoctoral tenure, the Infectious Disease Training Fellowship through Washington University and the highly competitive Ruth L. Kirschstein Postdoctoral Individual National Research Service Award from the National Institute of Allergy and Infectious Diseases. Routinely presented at local and national conferences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4037"/>
         <w:gridCol w:w="892"/>
         <w:gridCol w:w="3418"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4883,50 +4836,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PhD Candidate/Graduate Research Associate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -4949,50 +4903,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>08/2011 – 06/2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5047,154 +5002,138 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="753DDDD0" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conducted independent genetics research that resulted in two first author publications and one textbook chapter. Expertise gained in wide range of genetics techniques including nucleic acid purification, polymerase chain reaction [PCR], immunohistochemistry, microscopy, quantitative PCR, western blot analysis, sequence analysis, microarray analysis, gene expression analysis, etc. Managed independent projects and generated graphics for data presentation. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Awarded the highly competitive Colorado Clinical and Translational Sciences Institute Predoctoral Fellowship, which required additional coursework and shadowing experience at hospital. Routinely presented at local, national, and international conferences. Helped </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> laboratory equipment maintenance. Thesis Title: Cholesterol Synthesis Requirements in Oligodendrocyte Development and Myelination.</w:t>
+              <w:t>Conducted independent genetics research that resulted in two first author publications and one textbook chapter. Expertise gained in wide range of genetics techniques including nucleic acid purification, polymerase chain reaction [PCR], immunohistochemistry, microscopy, quantitative PCR, western blot analysis, sequence analysis, microarray analysis, gene expression analysis, etc. Managed independent projects and generated graphics for data presentation. Wrote and aided in production of grant proposals and papers for peer-reviewed journals. Awarded the highly competitive Colorado Clinical and Translational Sciences Institute Predoctoral Fellowship, which required additional coursework and shadowing experience at hospital. Routinely presented at local, national, and international conferences. Helped in laboratory equipment maintenance. Thesis Title: Cholesterol Synthesis Requirements in Oligodendrocyte Development and Myelination.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4030"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3424"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5215,50 +5154,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Undergraduate Research Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5281,50 +5221,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/2010 – 03/2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5401,114 +5342,116 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Performed undergraduate genetics thesis research experiments with minimal supervision. Thesis Title: FoxM1, Grhl3, and Hmgb2 candidate transcriptional regulators of cellular senescence: a role in cancer development and cellular reprogramming.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5529,50 +5472,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Student Research Assistant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5595,50 +5539,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/2010 – 09/2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="00DD058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5726,78 +5671,59 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5939,83 +5865,51 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3B82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2025) </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3B82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essential role for PfHSP40 in asexual replication and thermotolerance of malaria parasites. </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> 21(7): e1013313.</w:t>
+              <w:t>Essential role for PfHSP40 in asexual replication and thermotolerance of malaria parasites. PLoS Pathog 21(7): e1013313.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0273248F" w14:textId="77777777" w:rsidR="00DB0E8A" w:rsidRDefault="00DB0E8A" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60FED246" w14:textId="14C5C715" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -6127,69 +6021,51 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Mathews, E.S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">., Appel B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cholesterol Biosynthesis Supports Myelin Gene Expression and Axon Ensheathment through Modulation of P13K/Akt/</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Signaling. Journal of Neuroscience 36, 7628-7639.</w:t>
+              <w:t xml:space="preserve"> Cholesterol Biosynthesis Supports Myelin Gene Expression and Axon Ensheathment through Modulation of P13K/Akt/mTor Signaling. Journal of Neuroscience 36, 7628-7639.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6226FDA4" w14:textId="77777777" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CDD785D" w14:textId="77777777" w:rsidR="005244EE" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -6549,61 +6425,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="723626D5" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
+    <w:p w14:paraId="4B611443" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22C09F4B" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
+    <w:p w14:paraId="218F237C" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6642,77 +6518,78 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001A2633" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -6949,50 +6826,51 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="005244EE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -7001,50 +6879,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -7097,61 +6976,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CD5D27A" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
+    <w:p w14:paraId="7E5DEDFC" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="400CED14" w14:textId="77777777" w:rsidR="00F56482" w:rsidRDefault="00F56482" w:rsidP="00D73674">
+    <w:p w14:paraId="6672D872" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -7250,205 +7129,213 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="000168F0"/>
     <w:rsid w:val="0002555D"/>
     <w:rsid w:val="000405BA"/>
     <w:rsid w:val="00040BA4"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0009221F"/>
     <w:rsid w:val="000B5858"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D686D"/>
     <w:rsid w:val="000E1105"/>
     <w:rsid w:val="000F4F2E"/>
     <w:rsid w:val="00117C78"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00144DBA"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00182A7B"/>
     <w:rsid w:val="00187DAD"/>
+    <w:rsid w:val="001A2633"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001D24E9"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00245588"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00255CAB"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002C5D6F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00356341"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E78C0"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="0040064D"/>
     <w:rsid w:val="00407BF3"/>
     <w:rsid w:val="00417AC5"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00434F54"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="005123BE"/>
     <w:rsid w:val="005244EE"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005645AD"/>
     <w:rsid w:val="005A2B28"/>
     <w:rsid w:val="005A5A52"/>
     <w:rsid w:val="006156A0"/>
+    <w:rsid w:val="006169B2"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00616F13"/>
+    <w:rsid w:val="00621831"/>
     <w:rsid w:val="00632001"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006B3F31"/>
     <w:rsid w:val="006C234E"/>
     <w:rsid w:val="006F3BA6"/>
+    <w:rsid w:val="0070341A"/>
     <w:rsid w:val="007039B3"/>
     <w:rsid w:val="007072B1"/>
     <w:rsid w:val="007564D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00805142"/>
     <w:rsid w:val="00824B61"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00875841"/>
     <w:rsid w:val="00885B62"/>
+    <w:rsid w:val="00897514"/>
     <w:rsid w:val="00897C83"/>
     <w:rsid w:val="008A3E6A"/>
     <w:rsid w:val="008A64CE"/>
+    <w:rsid w:val="008C28A8"/>
     <w:rsid w:val="008D7985"/>
     <w:rsid w:val="008E1804"/>
     <w:rsid w:val="008F70F6"/>
     <w:rsid w:val="00932535"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00972B88"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="009920BA"/>
     <w:rsid w:val="009945B5"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009D3C61"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A50148"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A83987"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB0C89"/>
+    <w:rsid w:val="00AE4AB3"/>
     <w:rsid w:val="00B256E3"/>
+    <w:rsid w:val="00B27965"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B96014"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00BB17D2"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C74AA3"/>
     <w:rsid w:val="00CA40A3"/>
     <w:rsid w:val="00CA7E36"/>
     <w:rsid w:val="00CB228E"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CC3A31"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00CF3B82"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D31B2C"/>
     <w:rsid w:val="00D43843"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB0E8A"/>
     <w:rsid w:val="00DF6BFF"/>
+    <w:rsid w:val="00E17436"/>
     <w:rsid w:val="00E42980"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E63373"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EE0480"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00EE519E"/>
     <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00F56482"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF2B99"/>
     <w:rsid w:val="11C6853A"/>
     <w:rsid w:val="36E67A53"/>
     <w:rsid w:val="37E325BA"/>
     <w:rsid w:val="5452D6DC"/>
     <w:rsid w:val="55F62F21"/>
     <w:rsid w:val="6298D7B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -8396,61 +8283,66 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00000DA7"/>
     <w:rsid w:val="0005417F"/>
     <w:rsid w:val="000C6FC2"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="002619DC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002C4D3F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="003764E4"/>
     <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E0F49"/>
+    <w:rsid w:val="005859EA"/>
+    <w:rsid w:val="006169B2"/>
     <w:rsid w:val="0063057C"/>
     <w:rsid w:val="00632001"/>
+    <w:rsid w:val="0070341A"/>
     <w:rsid w:val="008420EB"/>
+    <w:rsid w:val="008C28A8"/>
     <w:rsid w:val="008C469C"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="00A026E2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B13320"/>
+    <w:rsid w:val="00B27965"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00FE03FC"/>
     <w:rsid w:val="00FF2B99"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -9194,52 +9086,110 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">4</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9558,160 +9508,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...56 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{719CE305-628F-4DB1-926D-BD526B00348C}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDFB9AD9-D727-4256-9E48-D72ACD209C8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1444</Words>
-  <Characters>8231</Characters>
+  <Characters>8232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9656</CharactersWithSpaces>
+  <CharactersWithSpaces>9657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>