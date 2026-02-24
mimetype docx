--- v3 (2025-12-23)
+++ v4 (2026-02-24)
@@ -1,36 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -58,51 +59,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="20FD2D5E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="15E55818" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -147,67 +148,67 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-12-11T00:00:00Z">
+          <w:date w:fullDate="2026-02-12T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001A2633">
+          <w:r w:rsidR="00217152">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>12/11/2025</w:t>
+            <w:t>2/12/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="5AE989D5" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -1581,51 +1582,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -3329,51 +3330,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3521,105 +3522,105 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F615" w14:textId="3DB83B61" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology (Body Fluid Identification/DNA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F616" w14:textId="01EC8109" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
+          <w:p w14:paraId="61D1F616" w14:textId="03DC316F" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="005244EE" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2021 - 202</w:t>
             </w:r>
-            <w:r w:rsidR="000405BA">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="009778E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F617" w14:textId="71480940" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00E17436" w:rsidP="005244EE">
+          <w:p w14:paraId="61D1F617" w14:textId="6A390151" w:rsidR="005244EE" w:rsidRPr="007F2E28" w:rsidRDefault="00E17436" w:rsidP="005244EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001A2633">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="005B253A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -3635,51 +3636,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4384,51 +4385,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4720,51 +4721,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5038,51 +5039,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5356,51 +5357,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001A2633" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00217152" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6411,75 +6412,75 @@
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B611443" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
+    <w:p w14:paraId="6F6F3056" w14:textId="77777777" w:rsidR="00505B21" w:rsidRDefault="00505B21" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="218F237C" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
+    <w:p w14:paraId="2EC91B9D" w14:textId="77777777" w:rsidR="00505B21" w:rsidRDefault="00505B21" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6518,51 +6519,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001A2633" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00217152" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6679,51 +6680,51 @@
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="61D1F6A1" w14:textId="203A3DD5" w:rsidR="00616CEA" w:rsidRDefault="00616CEA" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61D1F6A4" wp14:editId="61D1F6A5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61D1F6A4" wp14:editId="61D1F6A5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>914400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9430385</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="729615" cy="152400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="729615" cy="152400"/>
                       </a:xfrm>
@@ -6976,98 +6977,98 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E5DEDFC" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
+    <w:p w14:paraId="2ABB8D46" w14:textId="77777777" w:rsidR="00505B21" w:rsidRDefault="00505B21" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6672D872" w14:textId="77777777" w:rsidR="00AE4AB3" w:rsidRDefault="00AE4AB3" w:rsidP="00D73674">
+    <w:p w14:paraId="1FB425CD" w14:textId="77777777" w:rsidR="00505B21" w:rsidRDefault="00505B21" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D6069BC" wp14:editId="2A4B1377">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D6069BC" wp14:editId="2A4B1377">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-25401</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="topMargin">
             <wp:posOffset>241300</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="757419" cy="787400"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="5" name="1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -7126,225 +7127,248 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="000127EA"/>
     <w:rsid w:val="000168F0"/>
     <w:rsid w:val="0002555D"/>
     <w:rsid w:val="000405BA"/>
     <w:rsid w:val="00040BA4"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="0009221F"/>
     <w:rsid w:val="000B5858"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D686D"/>
     <w:rsid w:val="000E1105"/>
     <w:rsid w:val="000F4F2E"/>
     <w:rsid w:val="00117C78"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00144DBA"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00182A7B"/>
     <w:rsid w:val="00187DAD"/>
     <w:rsid w:val="001A2633"/>
     <w:rsid w:val="001B11B0"/>
+    <w:rsid w:val="001C4215"/>
     <w:rsid w:val="001D24E9"/>
     <w:rsid w:val="00202466"/>
     <w:rsid w:val="00207121"/>
+    <w:rsid w:val="00217152"/>
     <w:rsid w:val="002343CE"/>
+    <w:rsid w:val="00235D10"/>
     <w:rsid w:val="00245588"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00255CAB"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002C5D6F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00356341"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E78C0"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="0040064D"/>
     <w:rsid w:val="00407BF3"/>
     <w:rsid w:val="00417AC5"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00434F54"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
+    <w:rsid w:val="00505B21"/>
     <w:rsid w:val="005123BE"/>
     <w:rsid w:val="005244EE"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="00561E41"/>
     <w:rsid w:val="005645AD"/>
     <w:rsid w:val="005A2B28"/>
     <w:rsid w:val="005A5A52"/>
+    <w:rsid w:val="005B253A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="006169B2"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00616F13"/>
     <w:rsid w:val="00621831"/>
     <w:rsid w:val="00632001"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006B3F31"/>
     <w:rsid w:val="006C234E"/>
     <w:rsid w:val="006F3BA6"/>
+    <w:rsid w:val="006F5D19"/>
     <w:rsid w:val="0070341A"/>
     <w:rsid w:val="007039B3"/>
     <w:rsid w:val="007072B1"/>
     <w:rsid w:val="007564D9"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
+    <w:rsid w:val="00792F74"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00805142"/>
     <w:rsid w:val="00824B61"/>
+    <w:rsid w:val="008268A9"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00875841"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00897514"/>
     <w:rsid w:val="00897C83"/>
     <w:rsid w:val="008A3E6A"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008C28A8"/>
     <w:rsid w:val="008D7985"/>
     <w:rsid w:val="008E1804"/>
     <w:rsid w:val="008F70F6"/>
+    <w:rsid w:val="009123F1"/>
     <w:rsid w:val="00932535"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00972B88"/>
+    <w:rsid w:val="009778E4"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="009920BA"/>
     <w:rsid w:val="009945B5"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A2B27"/>
     <w:rsid w:val="009D3C61"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A50148"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A83987"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB0C89"/>
     <w:rsid w:val="00AE4AB3"/>
     <w:rsid w:val="00B256E3"/>
     <w:rsid w:val="00B27965"/>
+    <w:rsid w:val="00B362B2"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B96014"/>
     <w:rsid w:val="00BB0A0B"/>
     <w:rsid w:val="00BB17D2"/>
+    <w:rsid w:val="00BE1DF6"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
+    <w:rsid w:val="00C63C32"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C74AA3"/>
+    <w:rsid w:val="00C74F79"/>
     <w:rsid w:val="00CA40A3"/>
     <w:rsid w:val="00CA7E36"/>
     <w:rsid w:val="00CB228E"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CC3A31"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00CF3B82"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D31B2C"/>
     <w:rsid w:val="00D43843"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB0E8A"/>
     <w:rsid w:val="00DF6BFF"/>
     <w:rsid w:val="00E17436"/>
+    <w:rsid w:val="00E22A85"/>
     <w:rsid w:val="00E42980"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E63373"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EE0480"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00EE519E"/>
+    <w:rsid w:val="00EF5ADC"/>
     <w:rsid w:val="00F41D20"/>
     <w:rsid w:val="00F56482"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FF2B99"/>
     <w:rsid w:val="11C6853A"/>
     <w:rsid w:val="36E67A53"/>
     <w:rsid w:val="37E325BA"/>
     <w:rsid w:val="5452D6DC"/>
     <w:rsid w:val="55F62F21"/>
     <w:rsid w:val="6298D7B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7956,51 +7980,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1887179833">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -8274,85 +8298,92 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00000DA7"/>
     <w:rsid w:val="0005417F"/>
     <w:rsid w:val="000C6FC2"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00202466"/>
+    <w:rsid w:val="00235D10"/>
     <w:rsid w:val="00256C89"/>
     <w:rsid w:val="002619DC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002C4D3F"/>
     <w:rsid w:val="00304CEE"/>
     <w:rsid w:val="003764E4"/>
     <w:rsid w:val="003C74F1"/>
     <w:rsid w:val="003D5144"/>
     <w:rsid w:val="003E0F49"/>
     <w:rsid w:val="005859EA"/>
     <w:rsid w:val="006169B2"/>
     <w:rsid w:val="0063057C"/>
     <w:rsid w:val="00632001"/>
+    <w:rsid w:val="006F5D19"/>
     <w:rsid w:val="0070341A"/>
     <w:rsid w:val="008420EB"/>
     <w:rsid w:val="008C28A8"/>
     <w:rsid w:val="008C469C"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="009123F1"/>
     <w:rsid w:val="00935B4E"/>
     <w:rsid w:val="00980138"/>
     <w:rsid w:val="00A026E2"/>
+    <w:rsid w:val="00A91C04"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B13320"/>
     <w:rsid w:val="00B27965"/>
     <w:rsid w:val="00BB0A0B"/>
+    <w:rsid w:val="00C63C32"/>
+    <w:rsid w:val="00C74F79"/>
     <w:rsid w:val="00CB336F"/>
     <w:rsid w:val="00CD17B5"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E93A0B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE2206"/>
     <w:rsid w:val="00F41D20"/>
+    <w:rsid w:val="00FA1523"/>
     <w:rsid w:val="00FE03FC"/>
     <w:rsid w:val="00FF2B99"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9086,110 +9117,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...58 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9508,125 +9481,198 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">4</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...26 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDFB9AD9-D727-4256-9E48-D72ACD209C8D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F146466-5238-49CA-BA6C-D8274917DAF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1444</Words>
-  <Characters>8232</Characters>
+  <Characters>8231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9657</CharactersWithSpaces>
+  <CharactersWithSpaces>9656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>